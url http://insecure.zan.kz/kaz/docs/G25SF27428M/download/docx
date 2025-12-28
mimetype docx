--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="25e91b1" w14:textId="25e91b1">
+    <w:p w14:paraId="e0922e2" w14:textId="e0922e2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,734 +252,774 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Солтүстік Қазақстан облысы Есіл ауданы Торанғұл ауылдық округінің 2025-2027 жылдарға арналған бюджеті сәйкесінше 1, 2, 3 - қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 31 433 мың теңге:</w:t>
+      1) кірістер - 32 609,7 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер - 5 553 мың теңге;</w:t>
+      салықтық түсімдер - 6 133,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер - 0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер - 595,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімі - 25 880 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 31 854,9 мың теңге;</w:t>
+      2) шығындар - 33 031,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) - - 421,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) - - 421,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) бюджет тапшылығын қаржыландыру(профицитін пайдалану) - 421,9 мың теңге:</w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) - 421,9 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары - 421,9 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 23.10.2025 № 34/508 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Торанғұл ауылдық округі бюджетінің шығыстарында қаржы жылының басына қалыптасқан бюджеттік қаражаттың бос қалдықтары есебінен 2024 қаржы жылында аудандық бюджеттен бөлінген 10,3 мың теңге сомасында пайдаланылмаған нысаналы трансферттерді қайтару 4-қосымшаға сәйкес қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2. Торанғұл ауылдық округінің бюджетінде 2025 жылғы 1 қаңтарға қалыптасқан бюджет қаражатының бос қалдықтары есебінен 4-қосымшаға сәйкес қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Торанғұл ауылдық округінің 2025 жылға арналған бюджетінің кірістері Қазақстан Республикасы Бюджет кодексінің 27-бабына сәйкес қалыптастырылатыны белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған аудандық бюджеттен Торанғұл ауылдық округінің бюджетіне бюджеттік субвенция көлемі 23 640 мың теңге сомасында қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Солтүстік Қазақстан облысы Есіл ауданы Торанғұл ауылдық округінің 2025 жылға арналған бюджетіне республикалық бюджеттен бөлінген ағымдағы нысаналы трансферттердің көлемі, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       азаматтық қызметшілердің, мемлекеттік бюджет қаражаты есебінен ұсталатын ұйымдар қызметкерлерінің, қазыналық кәсіпорындар қызметкерлерінің жекелеген санаттарының жалақысын арттыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Торанғұл ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Торанғұл ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Солтүстік Қазақстан облысы Есіл ауданының Торанғұл ауылдық округінің бюджетіне аудандық бюджеттен бөлінген ағымдағы нысаналы трансферттердің көлемі 2025 жылға қарастырылсын, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       еңбекақы төлеу қорына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ағымдағы шығыстар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудандық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Торанғұл ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Торанғұл ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Солтүстік Қазақстан облысы Есіл ауданы мәслихатының келесі шешімдерінің: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Солтүстік Қазақстан облысы Есіл ауданы Торанғұл ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/374 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Солтүстік Қазақстан облысы Есіл ауданы Торанғұл ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/374 шешіміне өзгерістер мен толықтырулар енгізу туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2025 жылғы 4 наурыздағы № 24/392 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1448,65 +1488,8715 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Торанғұл ауылдық округінің 2025 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 23.10.2025 № 34/508 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1)Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32 609,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 133,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 738</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төлем көзінен салық салынбайтын табыстардан алынатын жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 738</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 395,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+121,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+755,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 415,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстар мен қызметтерге ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа ресурстарды пайдаланғаны үшін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+595,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+595,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+595,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 880</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 880</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 880</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттікбағдарламалардыңәкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33 031,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 386</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 386</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 386</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй - коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 635,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 635,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерде көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 796,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+676,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру және көгаландыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтермен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржылық активтерді сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 421,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 421,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+421,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+421,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+421,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+421,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Солтүстік Қазақстан облысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Есіл ауданы мәслихатының </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025 жылғы 8 мамырдағы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 27/428 шешіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z54" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Торанғұл ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -1653,51 +10343,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z47" w:id="37"/>
+          <w:bookmarkStart w:name="z55" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1861,51 +10551,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 433</w:t>
+31 137</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2038,51 +10728,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 553</w:t>
+5 865</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2179,87 +10869,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табыссалығы</w:t>
-[...35 lines deleted...]
-1 249</w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 317</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2392,51 +11082,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 249</w:t>
+1 317</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2569,51 +11259,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 281</w:t>
+4 524</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2746,51 +11436,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139</w:t>
+147</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2923,51 +11613,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-800</w:t>
+850</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3100,51 +11790,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 324</w:t>
+3 508</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3277,51 +11967,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18</w:t>
+19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3454,51 +12144,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3631,51 +12321,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3808,51 +12498,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 880</w:t>
+25 272</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3985,51 +12675,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 880</w:t>
+25 272</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4162,51 +12852,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 880</w:t>
+25 272</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4332,51 +13022,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z48" w:id="38"/>
+          <w:bookmarkStart w:name="z56" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4540,51 +13230,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 854,9</w:t>
+31 137</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4717,51 +13407,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 236</w:t>
+29 898</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4894,51 +13584,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 236</w:t>
+29 898</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5071,51 +13761,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 236</w:t>
+29 898</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5248,51 +13938,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 608,6</w:t>
+1 239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5425,51 +14115,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 608,6</w:t>
+1 239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5602,51 +14292,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 446,6</w:t>
+1 239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5698,309 +14388,301 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-162</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-10,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6020,164 +14702,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-10,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6229,132 +14907,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-10,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтермен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6447,51 +15121,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Таза бюджеттік кредиттеу</w:t>
+Қаржылық активтерді сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6620,51 +15294,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6793,51 +15467,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
+5) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6966,51 +15640,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Қаржы активтермен операциялар бойынша сальдо</w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7139,51 +15813,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық активтерді сатып алу</w:t>
+7) Тапшылық орнын қаржыландыру (бюджет профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7207,156 +15881,160 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7380,679 +16058,719 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-- 421,9</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-- 421,9</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z57" w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-421,9</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Қарыздар түсімдері</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8076,912 +16794,196 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Қарыздарды өтеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
-            </w:r>
-[...714 lines deleted...]
-421,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9280,74 +17282,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="39"/>
+    <w:bookmarkStart w:name="z63" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Торанғұл ауылдық округінің 2026 жылға арналған бюджеті</w:t>
+        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Торанғұл ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9491,70 +17493,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z55" w:id="40"/>
+          <w:bookmarkStart w:name="z64" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="40"/>
+          <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -9699,51 +17701,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 137</w:t>
+31 320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9876,51 +17878,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 865</w:t>
+6 165</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10017,87 +18019,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табыс салығы</w:t>
-[...35 lines deleted...]
-1 317</w:t>
+Табыссалығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 383</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10230,51 +18232,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 317</w:t>
+1 383</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10407,51 +18409,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 524</w:t>
+4 757</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10584,51 +18586,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-147</w:t>
+153</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10761,51 +18763,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-850</w:t>
+900</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10938,51 +18940,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 508</w:t>
+3 684</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11115,51 +19117,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19</w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11292,51 +19294,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24</w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11469,51 +19471,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24</w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11646,51 +19648,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 272</w:t>
+25 155</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11823,51 +19825,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 272</w:t>
+25 155</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11964,87 +19966,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық бюджеттік трансферттер (облыстық маңызы бар қалалар)</w:t>
-[...35 lines deleted...]
-25 272</w:t>
+Аудандық бюджеттік трансферттер (облыстықмаңызы бар қалалар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 155</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12170,70 +20172,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z56" w:id="41"/>
+          <w:bookmarkStart w:name="z65" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
+          <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -12378,51 +20380,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 137</w:t>
+31 320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12555,51 +20557,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 898</w:t>
+30 038</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12732,51 +20734,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 898</w:t>
+30 038</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12909,51 +20911,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 898</w:t>
+30 038</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13086,51 +21088,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 239</w:t>
+1 282</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13263,51 +21265,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 239</w:t>
+1 282</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13404,87 +21406,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерде көшелерді жарықтандыру</w:t>
-[...35 lines deleted...]
-1 239</w:t>
+Елдімекендерде көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 282</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14269,51 +22271,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық активтерді сатып алу</w:t>
+Қаржы активтерді сатыпалу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15521,70 +23523,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="42"/>
+          <w:bookmarkStart w:name="z66" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
+          <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -16430,7224 +24432,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z63" w:id="43"/>
-[...7149 lines deleted...]
-    <w:bookmarkStart w:name="z72" w:id="47"/>
+    <w:bookmarkStart w:name="z72" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қаржы жылының басында қалыптасқан бюджет қаражатының бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -25294,55 +26146,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -25668,31 +26520,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>