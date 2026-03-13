--- v1 (2025-12-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e0922e2" w14:textId="e0922e2">
+    <w:p w14:paraId="b16f7c9" w14:textId="b16f7c9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>