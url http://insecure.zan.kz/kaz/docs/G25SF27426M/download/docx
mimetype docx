--- v0 (2025-11-10)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ae71e2d" w14:textId="ae71e2d">
+    <w:p w14:paraId="ca546ec" w14:textId="ca546ec">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,834 +252,874 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Солтүстік Қазақстан облысы Есіл ауданы Покровка ауылдық округінің 2025-2027 жылдарға арналған бюджеті 1, 2, 3 - қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 303 826 мың теңге:</w:t>
+      1) кірістер - 202 987 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер - 12 872 мың теңге;</w:t>
+      салықтық түсімдер - 17 682 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі - 290 954 мың теңге;</w:t>
+      трансферттер түсімі - 185 305 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 306 256,4 мың теңге;</w:t>
+      2) шығындар - 205 417,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо - 0 мың теңге;</w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) - - 2 430,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) - - 2 430,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) - 2 430,4 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары - 2 430,4 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 23.10.2025 № 34/507 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Покровка ауылдық округінің 2025 жылға арналған бюджет шығыстарында қаржы жылының басында белгіленген бюджет қаражатының бос қалдықтары есебінен 2024 қаржы жылында аудандық бюджеттен бөлінген 0,4 мың теңге сомасындағы пайдаланылмаған нысаналы трансферттерді қайтару 4-қосымшаға сәйкес қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-2. Покровка ауылдық округі бюджетінде қаржы жылының басында қалыптасқан қаражаттың бос қалдықтары есебінен шығыстар 4-қосымшаға сәйкес қарастырылсын. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Солтүстік Қазақстан облысы Есіл ауданы Покровка ауылдық округінің 2025 жылға арналған бюджетінің кірістері Қазақстан Республикасының Бюджет кодексіне 27-бабының сәйкес қалыптастырылатыны белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға аудандық бюджеттен Покровка ауылдық округінің бюджеттік субвенциялар көлемдері 25 862 мың теңге сомасында көзделсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Покровка ауылдық округінің 2025 жылға арналған бюджетінде республикалық бюджеттен нысаналы трансферттер түсімі көзделсін, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       азаматтық қызметшілердің жекелеген санаттарының, мемлекеттік бюджет қаражаты есебінен ұсталатын ұйымдар қызметкерлерінің, қазыналық кәсіпорындар қызметкерлерінің жалақысын арттыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Покровка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Покровка ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Солтүстік Қазақстан облысы Есіл ауданы Покровка ауылдық округінің 2025 жылға арналған бюджетінде облыстық бюджеттен берілетін ағымдағы нысаналы трансферттердің көлемі көзделсін, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Покровка ауылындағы ауылішілік жолдарды орташа жөндеу бойынша "Ауыл-ел бесігі" жобасы аясында ауылдық елді мекендердің әлеуметтік және инженерлік инфрақұрылымын дамытуға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыстық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Покровка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Покровка ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Солтүстік Қазақстан облысы Есіл ауданы Покровка ауылдық округінің 2025 жылға арналған бюджетінде аудандық бюджеттен, Покровка ауылдық округінің бюджетіне берілетін ағымдағы нысаналы трансферттердің көлемі көзделсін, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       еңбекақы төлеу қорына және ағымдағы шығыстар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЕТҚ-ға және Покровка ауылындағы мәдениет ағымдағы шығыстар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендердегі көшелерді жарықтандыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендерді абаттандыру мен көгалдандыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудандық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Покровка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Покровка ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Солтүстік Қазақстан облысы Есіл ауданы мәслихатының келесі шешімдерінің:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Солтүстік Қазақстан облысы Есіл ауданы Николаевка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/372 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Солтүстік Қазақстан облысы Есіл ауданы Покровка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/372 шешіміне өзгерістер мен толықтырулар енгізу туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2025 жылғы 4 наурыздағы № 24/390 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап күшіне енгізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1517,65 +1557,8997 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Покровка ауылдық округінің 2025 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 23.10.2025 № 34/507 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202 987</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 682</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 545</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 545</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 036</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+238</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+348</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 528</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+922</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+185 305</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+185 305</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+185 305</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет тікбағдарламалардыңәкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+205 417,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 536</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 536</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 536</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй - коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 590</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 590</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 676</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 914</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24 410</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24 410</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени және бос уақытты өткізуге қолдау көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24 410</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+132 881</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+132 881</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+132 881</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтермен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржылық активтерді сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 2 430,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 2 430,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 430,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мыңтеңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 430,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 430,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 430,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Солтүстік Қазақстан облысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Есіл ауданы мәслихатының </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы 8 мамырдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 27/426 шешіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 - қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z60" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Покровка ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -1722,51 +10694,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z52" w:id="42"/>
+          <w:bookmarkStart w:name="z61" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1894,87 +10866,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Кірістер</w:t>
-[...35 lines deleted...]
-303 826</w:t>
+1)Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61 901</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2107,51 +11079,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12 872</w:t>
+13 622</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2284,51 +11256,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 875</w:t>
+3 937</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2461,51 +11433,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 875</w:t>
+3 937</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2638,51 +11610,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 866</w:t>
+9 547</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2815,51 +11787,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-298</w:t>
+388</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2992,51 +11964,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-538</w:t>
+567</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3169,51 +12141,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 973</w:t>
+7 356</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3346,51 +12318,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 057</w:t>
+1 236</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3523,51 +12495,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-131</w:t>
+138</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3700,51 +12672,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-131</w:t>
+138</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3877,51 +12849,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-290 954</w:t>
+48 279</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4054,51 +13026,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-290 954</w:t>
+48 279</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4231,51 +13203,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-290 954</w:t>
+48 279</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4401,51 +13373,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z53" w:id="43"/>
+          <w:bookmarkStart w:name="z62" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4609,51 +13581,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-306 256,4</w:t>
+61 901</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4786,51 +13758,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 834</w:t>
+35 999</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4963,51 +13935,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 834</w:t>
+35 999</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5140,51 +14112,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 834</w:t>
+35 999</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5317,51 +14289,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 531</w:t>
+2 210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5494,51 +14466,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 531</w:t>
+2 210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5635,441 +14607,441 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердегі көшелерді жарықтандыру</w:t>
-[...35 lines deleted...]
-4 566</w:t>
+Елдімекендер декөшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-9 965</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 692</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-23 010</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 692</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6089,164 +15061,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-23 010</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени және бос уақытты өткізуге қолдау көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 692</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6298,309 +15270,301 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-23 010</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттіккредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-232 881</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттіккредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6620,164 +15584,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-232 881</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6829,309 +15789,301 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-232 881</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтер мен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржылықактивтердісатыпалу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7151,164 +16103,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7360,132 +16308,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профицитінпайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7578,51 +16522,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Таза бюджеттіккредиттеу</w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7751,51 +16695,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттіккредиттер</w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7819,156 +16763,160 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Бюджеттіккредиттердіөтеу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7992,156 +16940,160 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-4) Қаржы актив термен операциялар бойынша сальдо</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8165,329 +17117,365 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z63" w:id="44"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="44"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Мемлекеттіңқаржыактивтерінсатудантүсетін түсімдер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8543,160 +17531,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-- 2 430,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8748,1391 +17740,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...390 lines deleted...]
-Қарыздар түсімдері</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
-            </w:r>
-[...911 lines deleted...]
-2 430,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10236,51 +17969,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Есіл ауданы мәслихатының </w:t>
+              <w:t>Есіл ауданы мәслихатының</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -10431,71 +18164,71 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2 - қосымша</w:t>
+              <w:t>3 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="45"/>
+    <w:bookmarkStart w:name="z69" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Покровка ауылдық округінің 2026 жылға арналған бюджеті</w:t>
+        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Покровка ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -10642,51 +18375,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="46"/>
+          <w:bookmarkStart w:name="z70" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10850,51 +18583,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61 901</w:t>
+62 996</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11027,51 +18760,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 622</w:t>
+14 303</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11204,51 +18937,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 937</w:t>
+4 134</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11381,51 +19114,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 937</w:t>
+4 134</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11558,51 +19291,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 547</w:t>
+10 024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11735,51 +19468,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-388</w:t>
+407</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11912,51 +19645,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-567</w:t>
+595</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12089,51 +19822,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 356</w:t>
+7 724</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12266,51 +19999,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 236</w:t>
+1 298</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12443,51 +20176,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-138</w:t>
+145</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12620,51 +20353,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-138</w:t>
+145</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12797,51 +20530,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 279</w:t>
+48 693</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12974,51 +20707,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 279</w:t>
+48 693</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13151,51 +20884,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 279</w:t>
+48 693</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13228,51 +20961,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет тікбағдарламалардыңәкімшісі</w:t>
+Бюджеттікбағдарламалардыңәкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13321,51 +21054,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z62" w:id="47"/>
+          <w:bookmarkStart w:name="z71" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13529,51 +21262,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61 901</w:t>
+62 996</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13706,51 +21439,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 999</w:t>
+36 187</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13883,51 +21616,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 999</w:t>
+36 187</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14024,87 +21757,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімі қызметін қамтамасызету жөніндегі қызметтер</w:t>
-[...35 lines deleted...]
-35 999</w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімі қызметін қамтама сызету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 187</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14237,51 +21970,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 210</w:t>
+2 288</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14414,51 +22147,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 210</w:t>
+2 288</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14555,87 +22288,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елдімекендер декөшелерді жарықтандыру</w:t>
-[...35 lines deleted...]
-2 210</w:t>
+Елдімекендердекөшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 288</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14768,51 +22501,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 692</w:t>
+24 521</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14909,87 +22642,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
-[...35 lines deleted...]
-23 692</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі қызметін қамтама сызету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24 521</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15122,51 +22855,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 692</w:t>
+24 521</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15259,51 +22992,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Таза бюджеттіккредиттеу</w:t>
+3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15432,51 +23165,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттіккредиттер</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15951,51 +23684,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылықактивтердісатыпалу</w:t>
+Қаржылық активтерді сатыпалу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17203,51 +24936,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z63" w:id="48"/>
+          <w:bookmarkStart w:name="z72" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -18112,71 +25845,71 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3 - қосымша</w:t>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="49"/>
+    <w:bookmarkStart w:name="z78" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Покровка ауылдық округінің 2027 жылға арналған бюджеті</w:t>
+        <w:t xml:space="preserve"> 2025 жылдың 1 қаңтарына қалыптасқан бюджеттік қаражаттың бос қалдықтарын бағыттау, нысаналы трансферттерді қайтару</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -18194,123 +25927,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
-[...71 lines deleted...]
-Кіші сыныбы</w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18323,7751 +26056,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="50"/>
+          <w:bookmarkStart w:name="z79" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="50"/>
-          <w:p>
-[...7679 lines deleted...]
-          <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -27350,55 +27402,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>