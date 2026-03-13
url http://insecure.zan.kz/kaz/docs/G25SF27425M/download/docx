--- v0 (2025-11-11)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c4e4c68" w14:textId="c4e4c68">
+    <w:p w14:paraId="bf87257" w14:textId="bf87257">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,151 +252,151 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Солтүстік Қазақстан облысы Есіл ауданының Петровка ауылдық округінің 2025-2027 жылдарға арналған бюджеті тиісінше 1, 2, 3-қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 253 201 мың теңге:</w:t>
+      1) кірістер - 278 801 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салық түсімдері - 172 426 мың теңге;</w:t>
+      салық түсімдері - 199 415 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер - 130 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер - 2 524 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері - 80 645 мың теңге;</w:t>
+      трансферттер түсімдері - 76 862 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 253 457,6 мың теңге;</w:t>
+      2) шығындар - 279 057,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
@@ -512,51 +512,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) - - 256,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджеттің мұнай емес тапшылығы (профициті) - - 256,6 мың теңге;</w:t>
+      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) - - 256,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) - 256,6 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
@@ -659,51 +659,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 09.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 31/474</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 23.10.2025 № 34/506 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1713,150 +1713,148 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 09.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 31/474</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 23.10.2025 № 34/506 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z49" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
-[...33 lines deleted...]
-Сыныбы</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сынып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1884,51 +1882,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аталуы</w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2093,51 +2091,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-253 201</w:t>
+278 801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2270,51 +2268,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-172 426</w:t>
+199 415</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2447,51 +2445,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-166 388</w:t>
+191 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2624,51 +2622,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-166 388</w:t>
+191 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2765,87 +2763,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлік салығы</w:t>
-[...35 lines deleted...]
-5 897</w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 665</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2942,51 +2940,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлік салығы</w:t>
+Мүлікке салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3332,51 +3330,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 140</w:t>
+6 431</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3509,51 +3507,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-240</w:t>
+717</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4004,87 +4002,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі капиталдан сату түсімдері</w:t>
-[...35 lines deleted...]
-130</w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 524</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4181,87 +4179,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жер және материалдық емес активтерді сату</w:t>
-[...35 lines deleted...]
-130</w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 524</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4394,51 +4392,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-130</w:t>
+2 524</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4571,51 +4569,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80 645</w:t>
+76 862</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4712,87 +4710,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоғары тұрған мемлекеттік басқару органдарынан берілетін трансферттер</w:t>
-[...35 lines deleted...]
-80 645</w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76 862</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4889,87 +4887,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық (облыстық маңызы бар қаланың) бюджеттен берілетін трансферттер</w:t>
-[...35 lines deleted...]
-80 645</w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76 862</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5074,51 +5072,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аталуы</w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5283,51 +5281,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-253 457,6</w:t>
+279 057,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5460,51 +5458,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 035,8</w:t>
+29 735,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5637,51 +5635,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 035,8</w:t>
+29 735,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5814,51 +5812,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 035,8</w:t>
+29 735,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5991,51 +5989,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 821</w:t>
+32 171</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6168,51 +6166,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 821</w:t>
+32 171</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6345,51 +6343,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 613</w:t>
+8 246</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6522,51 +6520,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-850</w:t>
+2 350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6699,51 +6697,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 358</w:t>
+21 575</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6876,51 +6874,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-194 600</w:t>
+196 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7053,51 +7051,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-194 600</w:t>
+196 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7230,51 +7228,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-194 600</w:t>
+196 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7407,51 +7405,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,8</w:t>
+20 750,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7584,51 +7582,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,8</w:t>
+20 750,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7857,128 +7855,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңнаманың өзгеруіне байланысты жоғары тұрған бюджеттің шығындарын өтеуге төмен тұрған бюджеттен берілетін ағымдағы нысаналы трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8071,51 +8073,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8244,51 +8246,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8417,51 +8419,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8590,51 +8592,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8763,51 +8765,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8936,87 +8938,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Бюджет тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
-- 256,6</w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9109,51 +9111,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Бюджеттің мұнай емес тапшылығы (профициті)</w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9282,405 +9284,401 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
-[...35 lines deleted...]
-256,6</w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 256,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+256,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
-[...99 lines deleted...]
-Қарыздарды өтеу</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9713,87 +9711,264 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сыныбы</w:t>
+Сынып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10737,65 +10912,8040 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="35"/>
+    <w:bookmarkStart w:name="z54" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Петровка ауылдық округінің 2026 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аталуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 662</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салық түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 444</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төлем көзінен салық салынбайтын табыстардан алынатын жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлік салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 182</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлік салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+327</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+271</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 302</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+282</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+152</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа ресурстарды пайдаланғаны үшін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+152</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталдан сату түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 088</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғары тұрған мемлекеттік басқару органдарынан берілетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 088</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық (облыстық маңызы бар қаланың) бюджеттен берілетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 088</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аталуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 662</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 886</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 886</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 886</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 776</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 776</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 739</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру және көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+935</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аталуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Солтүстік Қазақстан облысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есіл ауданы мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025 жылғы 8 мамырдағы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 27/425 шешіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z60" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Петровка ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -11130,51 +19280,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 662</w:t>
+34 990</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11307,51 +19457,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 444</w:t>
+8 865</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11484,51 +19634,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 110</w:t>
+2 215</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11661,51 +19811,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 110</w:t>
+2 215</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11838,51 +19988,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 182</w:t>
+6 490</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12015,51 +20165,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-327</w:t>
+343</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12192,51 +20342,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-271</w:t>
+284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12369,51 +20519,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 302</w:t>
+5 567</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12546,51 +20696,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-282</w:t>
+296</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12723,51 +20873,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-152</w:t>
+160</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12900,51 +21050,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-152</w:t>
+160</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13608,51 +21758,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 088</w:t>
+25 995</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13785,51 +21935,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 088</w:t>
+25 995</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13962,51 +22112,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 088</w:t>
+25 995</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14320,51 +22470,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 662</w:t>
+34 990</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14497,51 +22647,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 886</w:t>
+29 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14674,51 +22824,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 886</w:t>
+29 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14851,51 +23001,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 886</w:t>
+29 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15028,51 +23178,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 776</w:t>
+5 977</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15382,51 +23532,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 739</w:t>
+3 870</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15559,51 +23709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 102</w:t>
+1 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15736,51 +23886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-935</w:t>
+967</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18706,8049 +26856,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="36"/>
-[...7974 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="37"/>
+    <w:bookmarkStart w:name="z66" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қаржы жылының басында қалыптасқан бюджет қаражатының бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -28218,55 +28393,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>