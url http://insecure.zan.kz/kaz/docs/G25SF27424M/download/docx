--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="50ed551" w14:textId="50ed551">
+    <w:p w14:paraId="7cd3b9d" w14:textId="7cd3b9d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,814 +252,854 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Солтүстік Қазақстан облысы Есіл ауданы Николаевка ауылдық округінің 2025-2027 жылдарға арналған бюджеті сәйкесінше 1, 2, 3 - қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 70 830 мың теңге:</w:t>
+      1) кірістер - 72 230 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер - 9 293 мың теңге;</w:t>
+      салықтық түсімдер - 10 693 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімі - 61 537 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 72 369,3 мың теңге;</w:t>
+      2) шығындар - 73 769,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) - - 1 539,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) - - 1 539,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) - 1 539,3 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары - 1 539,3 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 23.10.2025 № 34/505 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Николаевка ауылдық округі бюджетінің шығыстарында 2025 қаржы жылында облыстық бюджеттен 2,4 мың теңге сомасында, аудандық бюджеттен 0,1 мың теңге сомасында бөлінген пайдаланылмаған нысаналы трансферттерді қайтару 4-қосымшаға сәйкес қарастырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2. Николаевка ауылдық округінің бюджетінде қаржы жылының басына қалыптасқан 1 539,3 мың теңге сомасындағы бюджеттік қаражаттың бос қалдықтары есебінен шығыстар 4-қосымшаға сәйкес қарастырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Николаевка ауылдық округінің 2025 жылға арналған бюджетінің кірістері Қазақстан Республикасының Бюджет кодексінің 27-бабына сәйкес құрылатындығы белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2025 жылға аудандық бюджеттен Николаевка ауылдық округінің бюджетіне берілетін бюджеттік субвенциялар көлемі 23 046 мың теңге сомасында қарастырылсын. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Солтүстік Қазақстан облысы Есіл ауданы Николаевка ауылдық округінің 2025 жылға арналған бюджетінде республикалық бюджеттен нысаналы трансферттер түсімі қарастырылсын, соның ішінде: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       азаматтық қызметшілердің жекелеген санаттарының, мемлекеттік бюджет қаражаты есебінен ұсталатын ұйымдар қызметкерлерінің, қазыналық кәсіпорындар қызметкерлерінің жалақысын арттыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Николаевка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Николаевка ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Николаевка ауылдық округінің 2025 жылға арналған бюджетінде облыстық бюджеттен бөлінген нысаналы трансферттердің көлемдері қарастырылсын, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Николаевка ауылындағы мәдени-демалыс орталығын ұстауға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыстық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Николаевка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Николаевка ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Николаевка ауылдық округінің 2025 жылға арналған бюджетінде аудандық бюджеттен бөлінген нысаналы трансферттердің көлемдері қарастырылсын, соның ішінде: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       еңбекақы төлеу қорына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Николаевка мәдени-демалыс орталығына еңбекақы төлеу қорына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ағымдағы шығыстарға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудандық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Николаевка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Николаевка ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Солтүстік Қазақстан облысы Есіл ауданы мәслихатының келесі шешімдерінің:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Солтүстік Қазақстан облысы Есіл ауданы Николаевка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/370 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Солтүстік Қазақстан облысы Есіл ауданы Николаевка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/370 шешіміне өзгерістер мен толықтырулар енгізу туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2025 жылғы 4 наурыздағы № 24/388 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1528,65 +1568,9192 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z50" w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Николаевка ауылдық округінің 2025 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 23.10.2025 № 34/505 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72 230</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 693</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 445</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 445</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 187</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+196</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 280</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+519</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61 537</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61 537</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61 537</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73 769,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32 948</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32 948</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32 948</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 733,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 733,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерде көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 763,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+399</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 571,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеністік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 084</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 084</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдени-демалыс орталығын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 084</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылмайтын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтермен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржылық активтерді сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 1 539,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 1 539,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 539,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 539,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 539,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 539,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Солтүстік Қазақстан облысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есіл ауданы мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы 8 мамырдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 27/424 шешіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z60" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Николаевка ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -1733,51 +10900,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z51" w:id="41"/>
+          <w:bookmarkStart w:name="z61" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1941,51 +11108,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70 830</w:t>
+39 981</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2118,51 +11285,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 293</w:t>
+10 526</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2295,51 +11462,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 045</w:t>
+4 178</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2472,51 +11639,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 045</w:t>
+4 178</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2649,51 +11816,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 139</w:t>
+6 234</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2826,51 +11993,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-138</w:t>
+148</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3003,51 +12170,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70</w:t>
+72</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3180,51 +12347,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 177</w:t>
+5 219</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3357,51 +12524,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-754</w:t>
+795</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3534,51 +12701,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-109</w:t>
+114</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3711,51 +12878,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-109</w:t>
+114</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3888,51 +13055,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61 537</w:t>
+29 455</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4014,122 +13181,102 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z52" w:id="42"/>
-[...70 lines deleted...]
-61 537</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 455</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4211,179 +13358,199 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...50 lines deleted...]
-61 537</w:t>
+          <w:bookmarkStart w:name="z62" w:id="42"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық бюджеттік трансферттер (облыстық маңызы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="42"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бар қалалар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 455</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функционалдық топ группа</w:t>
-[...35 lines deleted...]
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттікбағдарламалардыңәкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4432,51 +13599,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z53" w:id="43"/>
+          <w:bookmarkStart w:name="z63" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4640,51 +13807,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72 369,3</w:t>
+39 981</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4817,51 +13984,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 848</w:t>
+30 187</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4994,51 +14161,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 848</w:t>
+30 187</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5171,51 +14338,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 848</w:t>
+30 187</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5348,51 +14515,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 433,8</w:t>
+4 240</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5525,51 +14692,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 433,8</w:t>
+4 240</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5702,51 +14869,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 289</w:t>
+3 197</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5807,477 +14974,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-500</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 043</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1 644,8</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеністік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 554</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-35 084</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 554</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6297,164 +15464,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-35 084</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдени-демалыс орталығын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 554</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6506,309 +15673,301 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-35 084</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6828,164 +15987,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттердіөтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7037,309 +16192,301 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-1,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтермен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-2,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржылық активтерді сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7359,164 +16506,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-2,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7568,132 +16711,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-2,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7786,51 +16925,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Таза бюджеттік кредиттеу</w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7959,51 +17098,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+7) Тапшылық орнын қаржыландыру (бюджет профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8027,156 +17166,160 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Бюджеттік кредиттердіөтеу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8200,156 +17343,160 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-4) Қаржы активтермен операциялар бойынша сальдо</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8373,329 +17520,365 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z64" w:id="44"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="44"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8751,160 +17934,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-- 1 539,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8956,1391 +18143,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...390 lines deleted...]
-Қарыздар түсімдері</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
-            </w:r>
-[...911 lines deleted...]
-1 539,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10639,71 +18567,71 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="45"/>
+    <w:bookmarkStart w:name="z70" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Николаевка ауылдық округінің 2026 жылға арналған бюджеті</w:t>
+        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Николаевка ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -10850,51 +18778,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="46"/>
+          <w:bookmarkStart w:name="z71" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11058,51 +18986,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 981</w:t>
+40 315</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11235,51 +19163,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 526</w:t>
+11 049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11412,51 +19340,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 178</w:t>
+4 386</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11589,51 +19517,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 178</w:t>
+4 386</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11766,51 +19694,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 234</w:t>
+6 544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11943,51 +19871,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-148</w:t>
+155</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12120,51 +20048,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72</w:t>
+74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12297,51 +20225,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 219</w:t>
+5 480</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12474,51 +20402,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-795</w:t>
+835</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12650,52 +20578,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-114</w:t>
+              <w:t xml:space="preserve">
+119 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12828,51 +20756,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-114</w:t>
+119</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13005,51 +20933,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 455</w:t>
+29 266</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13182,51 +21110,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 455</w:t>
+29 266</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13308,122 +21236,102 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z62" w:id="47"/>
-[...70 lines deleted...]
-29 455</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық бюджеттік трансферттер (облыстықмаңызы бар қалалар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 266</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13549,70 +21457,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z63" w:id="48"/>
+          <w:bookmarkStart w:name="z72" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
+          <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -13757,51 +21665,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 981</w:t>
+40 315</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13934,51 +21842,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 187</w:t>
+30 372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14060,102 +21968,122 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...50 lines deleted...]
-30 187</w:t>
+          <w:bookmarkStart w:name="z73" w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14288,51 +22216,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 187</w:t>
+30 372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14465,51 +22393,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 240</w:t>
+4 389</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14642,51 +22570,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 240</w:t>
+4 389</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14819,51 +22747,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 197</w:t>
+3 309</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14996,51 +22924,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 043</w:t>
+1 080</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16010,51 +23938,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттердіөтеу</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17608,7948 +25536,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z64" w:id="49"/>
+          <w:bookmarkStart w:name="z74" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="49"/>
-          <w:p>
-[...7876 lines deleted...]
-          <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -26588,70 +26638,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z80" w:id="55"/>
+          <w:bookmarkStart w:name="z80" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="55"/>
+          <w:bookmarkEnd w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -28395,124 +28445,124 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 539,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z81" w:id="56"/>
+    <w:bookmarkStart w:name="z81" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2025 жылғы 1 қаңтарына қалыптасқан бюджеттік қаражаттың бос қалдықтарын бағыттау және 2024 жылы бөлінген пайдаланылмаған нысаналы трансферттерді қайтару</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -28838,31 +28888,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>