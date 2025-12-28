--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="def70aa" w14:textId="def70aa">
+    <w:p w14:paraId="5d6cbb8" w14:textId="5d6cbb8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,894 +232,954 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Солтүстік Қазақстан облысы Есіл ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Солтүстік Қазақстан облысы Есіл ауданы Корнеевка ауылдық округінің 2025-2027 жылдарға арналған бюджеті сәйкесінше 1, 2, 3 - қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
+      1. Солтүстік Қазақстан облысы Есіл ауданының Корнеевка ауылдық округінің 2025-2027 жылдарға арналған бюджеті тиісінше 1, 2, 3 - қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 79 546 мың теңге:</w:t>
+      1) кірістер - 76 370 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер - 21 470 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер - 216 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 2 420 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі - 55 440 мың теңге;</w:t>
+      трансферттер түсімі - 52 264 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 86 570,6 мың теңге;</w:t>
+      2) шығындар - 83 394,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) - - 7 024,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) - - 7 024,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) - 7 024,6 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары - 7 024,6 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 04.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/480</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Аудандық бюджеттен 0,4 мың теңге сомасында берілетін нысаналы трансферттердің қайтарылуы Корнеевка ауылдық округінің бюджетінде 4-қосымшаға сәйкес қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2. Корнеевка ауылдық округінің бюджетінде қаржы жылының басына қалыптасқан қаражаттың бос қалдықтары есебінен 7 024,6 мың теңге сомасында шығыстар 4-қосымшаға сәйкес қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Корнеевка ауылдық округінің 2025 жылға арналған бюджетінің кірістері Қазақстан Республикасының Бюджет кодексінің 27-бабына сәйкес құрылатындығы белгіленсін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға аудандық бюджеттен Корнеевка ауылдық округінің бюджетіне 25 202 мың теңге сомада бюджеттік субвенциялар көлемдері қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Солтүстік Қазақстан облысы Есіл ауданы Корнеевка ауылдық округінің 2025 жылға арналған бюджетінде республикалық бюджеттен берілетін нысаналы ағымдағы трансферттердің көлемдері қарастырылсын, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       азаматтық қызметшілердің жекелеген санаттарының, мемлекеттік бюджет қаражаты есебінен ұсталатын ұйымдар қызметкерлерінің, қазыналық кәсіпорындар қызметкерлерінің жалақысын арттыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Корнеевка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Корнеевка ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Солтүстік Қазақстан облысы Есіл ауданы Корнеевка ауылдық округінің 2025 жылға арналған бюджетінде облыстық бюджеттен берілетін нысаналы ағымдағы трансферттердің көлемдері қарастырылсын, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Корнеевка ауылдық округі Корнеевка ауылының ауылішілік жолдарын орташа жөндеу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыстық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Корнеевка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Корнеевка ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Солтүстік Қазақстан облысы Есіл ауданы Корнеевка ауылдық округінің 2025 жылға арналған бюджетінде аудандық бюджеттен берілетін нысаналы ағымдағы трансферттердің көлемдері қарастырылсын, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       еңбекақы төлеу қорына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Корнеевка ауылдық мәдениет үйін ағымдағы күтіп ұстау және еңбек ақы төлеу қорына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді - мекендердің көшелерін жарықтандыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді - мекендердің санитариясын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жолдарды ағымдағы күтіп ұстау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендерді абаттандыру және көгалдандыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудандық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Корнеевка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Корнеевка ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Солтүстік Қазақстан облысы Есіл ауданы мәслихатының келесі шешімдерінің:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Солтүстік Қазақстан облысы Есіл ауданы Корнеевка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/369 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Солтүстік Қазақстан облысы Есіл ауданы Корнеевка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/369 шешіміне өзгерістер мен толықтырулар енгізу туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2025 жылғы 4 наурыздағы № 24/387 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1557,129 +1617,169 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Корнеевка ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 04.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/480</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z57" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="43"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1762,70 +1862,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z54" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -1970,51 +2068,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79 546</w:t>
+76 370</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4979,51 +5077,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55 440</w:t>
+52 264</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5156,51 +5254,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55 440</w:t>
+52 264</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5333,51 +5431,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-55 440 </w:t>
+52 264 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5503,70 +5601,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z55" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5711,51 +5807,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-86 570,6</w:t>
+83 394,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6419,51 +6515,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 201</w:t>
+9 578,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6596,51 +6692,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 201</w:t>
+9 578,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6773,51 +6869,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 465</w:t>
+5 737,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6950,51 +7046,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 236</w:t>
+3 236</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7127,51 +7223,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+605</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7304,51 +7400,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 779</w:t>
+33 779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7481,51 +7577,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 779</w:t>
+33 779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7658,51 +7754,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 779</w:t>
+33 779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7835,51 +7931,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-7 516,2 </w:t>
+3 963 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8012,51 +8108,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 516,2</w:t>
+3 963</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8189,51 +8285,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 701</w:t>
+2 963</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8366,51 +8462,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 815,2</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10978,70 +11074,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z56" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11893,68 +11987,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 -қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="47"/>
+    <w:bookmarkStart w:name="z62" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Корнеевка ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12098,70 +12192,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z63" w:id="48"/>
+          <w:bookmarkStart w:name="z63" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
+          <w:bookmarkEnd w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15839,70 +15933,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z64" w:id="49"/>
+          <w:bookmarkStart w:name="z64" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="49"/>
+          <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -20606,70 +20700,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z65" w:id="50"/>
+          <w:bookmarkStart w:name="z65" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="50"/>
+          <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -21521,68 +21615,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z71" w:id="51"/>
+    <w:bookmarkStart w:name="z71" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Корнеевка ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -21726,70 +21820,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z72" w:id="52"/>
+          <w:bookmarkStart w:name="z72" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="52"/>
+          <w:bookmarkEnd w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -24936,70 +25030,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z73" w:id="53"/>
+          <w:bookmarkStart w:name="z73" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="53"/>
+          <w:bookmarkEnd w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -29703,70 +29797,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z74" w:id="54"/>
+          <w:bookmarkStart w:name="z74" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="54"/>
+          <w:bookmarkEnd w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -30618,68 +30712,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 -қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z80" w:id="55"/>
+    <w:bookmarkStart w:name="z80" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылдың 1 қаңтарына қалыптасқан бюджеттік қаражаттың бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -30823,70 +30917,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z81" w:id="56"/>
+          <w:bookmarkStart w:name="z81" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="56"/>
+          <w:bookmarkEnd w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>