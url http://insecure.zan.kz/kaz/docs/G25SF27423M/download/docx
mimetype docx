--- v1 (2025-12-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5d6cbb8" w14:textId="5d6cbb8">
+    <w:p w14:paraId="2b0cff9" w14:textId="2b0cff9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -34033,55 +34033,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>