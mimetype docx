--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1eb4502" w14:textId="1eb4502">
+    <w:p w14:paraId="4fe0705" w14:textId="4fe0705">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,834 +252,934 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Солтүстік Қазақстан облысы Есіл ауданының Ильинка ауылдық округінің 2025-2027 жылдарға арналған бюджеті сәйкесінше 1, 2, 3 -қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 171 250 мың теңге:</w:t>
+      1) кірістер - 194 759 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салық түсімдері - 10 201 мың теңге;</w:t>
+      салықтық түсімдер - 11 280 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері - 161 049 мың теңге;</w:t>
+      трансферттер түсімі - 183 479 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 171 917,1 мың теңге;</w:t>
+      2) шығындар - 195 426,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) - - 667,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) - - 667,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) - 667,1 мың теңге;</w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) - 667,1 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қарыздардың түсуі - 0 мың теңге;</w:t>
+      қарыздар түсімі - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары - 667,1 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 23.10.2025 № 34/504 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Ильинка ауылдық округінің бюджетінде 2025 жылғы 1 қаңтарға қалыптасқан бюджет қаражатының бос қалдықтары есебінен аудандық бюджеттен бөлінген нысаналы трансферттерді қайтару 4-қосымшаға сәйкес 1,0 мың теңге сомасында қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2. Ильинка ауылдық округінің бюджетінде қаржы жылының басында қалыптасқан бюджет қаражатының бос қалдықтары есебінен шығыстар 4 -қосымшаға сәйкес қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ильинка ауылдық округінің 2025 жылға арналған бюджетінің кірістері Қазақстан Республикасының Бюджет кодексінің 27-бабына сәйкес құрылатындығы белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2025 жылға аудандық бюджеттен Ильинка ауылдық округінің бюджетіне 18 533 мың теңге сомасында трансферттер (субвенциялар) көлемі қарастырылсын. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Солтүстік Қазақстан облысы Есіл ауданы Ильинка ауылдық округінің 2025 жылға арналған бюджетінде республикалық бюджеттен нысаналы трансферттер түсімі қарастырылсын, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       азаматтық қызметшілердің жекелеген санаттарының, мемлекеттік бюджет қаражаты есебінен ұсталатын ұйымдар қызметкерлерінің, қазыналық кәсіпорындар қызметкерлерінің жалақысын арттыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Ильинка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Ильинка ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Ильинка ауылдық округінің 2025 жылға арналған бюджетінде облыстық бюджеттен нысаналы трансферттер түсімі қарастырылсын, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Ауыл-ел бесігі" жобасы шеңберінде ауылдық елді мекендерде әлеуметтік және инженерлік инфрақұрылымды дамытуға, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Есіл ауданы Ильинка ауылдық округінің Александровка ауылындағы ауылішілік жолдарды орташа жөндеуге. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Солтүстік Қазақстан облысы Есіл ауданы Ильинка ауылдық округінің Ильинка ауылында көше жарығын ағымдағы жөндеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыстық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Ильинка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Ильинка ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 5-тармаққа өзгеріс енгізілді – Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 23.10.2025 № 34/504 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Солтүстік Қазақстан облысы Есіл ауданы Ильинка ауылдық округінің 2025 жылға арналған бюджетінде аудандық бюджеттен берілетін ағымдағы нысаналы трансферттердің көлемі қарастырылсын, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       еңбекақы төлеу қоры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендердегі көшелерді жарықтандыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ағымдағы шығындар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудандық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Ильинка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Ильинка ауылдық округі әкімінің шешімімен айқындалады".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Солтүстік Қазақстан облысы Есіл ауданы мәслихатының келесі шешімдерінің: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Солтүстік Қазақстан облысы Есіл ауданы Ильинка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/368 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Солтүстік Қазақстан облысы Есіл ауданы Ильинка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/368 шешіміне өзгерістер мен толықтырулар енгізу туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2025 жылғы 4 наурыздағы № 24/386 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1548,65 +1648,9174 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Ильинка ауылдық округінің 2025 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 23.10.2025 № 34/504 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+194 759</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 280</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 564</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 564</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 688</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлікке салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+280</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 342</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 976</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер учаскелерін пайдаланғаны үшін төлем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер учаскелерін пайдаланғаны үшін төлем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+183 479</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+183 479</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+183 479</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалды Функционалдық топ қ топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+195 426,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 345</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 345</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 345</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй - коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 070,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 070,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерде көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24 754</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+666,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+650</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+140 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+140 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жоба аясында ауылдық елді мекендерде әлеуметтік және инженерлік инфрақұрылымдық іс-шараларды жүзеге асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+140 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) мақсатты трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтермен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржылық активтерді сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 667,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджеттің мұнайға қатысты емес профициті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 667,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+667,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+667,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+667,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+667,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Солтүстік Қазақстан облысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есіл ауданы мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы 8 мамырдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 27/422 шешіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z60" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Ильинка ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -1753,51 +10962,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z52" w:id="42"/>
+          <w:bookmarkStart w:name="z61" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1961,51 +11170,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-171 250</w:t>
+31 037</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2138,51 +11347,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 201</w:t>
+10 933</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2315,51 +11524,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 726</w:t>
+2 809</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2492,51 +11701,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 726</w:t>
+2 809</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2669,51 +11878,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 447</w:t>
+8 092</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2846,51 +12055,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-280</w:t>
+378</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3023,51 +12232,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 342</w:t>
+1 416</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3200,51 +12409,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 803</w:t>
+6 275</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3377,51 +12586,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22</w:t>
+23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3554,51 +12763,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28</w:t>
+32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3731,51 +12940,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28</w:t>
+32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3908,51 +13117,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-161 049</w:t>
+20 104</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4085,51 +13294,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-161 049</w:t>
+20 104</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4262,92 +13471,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-161 049</w:t>
+20 104</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функционалдық</w:t>
+Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4432,51 +13641,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z53" w:id="43"/>
+          <w:bookmarkStart w:name="z62" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4640,51 +13849,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-171 917,1</w:t>
+31 037</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4817,51 +14026,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 876</w:t>
+28 580</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4994,51 +14203,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 876</w:t>
+28 580</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5171,51 +14380,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 876</w:t>
+28 580</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5348,51 +14557,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 040,1</w:t>
+2 457</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5525,51 +14734,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 040,1</w:t>
+2 457</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5702,51 +14911,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 374</w:t>
+2 457</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5798,309 +15007,301 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-666,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-140 000</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6120,164 +15321,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-140 000</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6329,309 +15526,301 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-140 000</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтермен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржылық активтерді сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6651,164 +15840,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6860,132 +16045,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-1,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7078,51 +16259,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Таза бюджеттік кредиттеу</w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7251,51 +16432,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+7) Тапшылық орнын қаржыландыру (бюджет профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7319,156 +16500,160 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Бюджеттік кредиттерді өтеу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7492,156 +16677,160 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-4) Қаржы активтермен операциялар бойынша сальдо</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7665,329 +16854,365 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аталуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z63" w:id="44"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="44"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8043,160 +17268,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-- 667,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8248,1391 +17477,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...390 lines deleted...]
-Қарыздар түсімдері</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
-            </w:r>
-[...911 lines deleted...]
-667,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9801,51 +17771,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2025 жылғы 8 мамырдағы</w:t>
+              <w:t xml:space="preserve"> 2025 жылғы 8 мамырдағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9866,51 +17836,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 27/422 шешіміне</w:t>
+              <w:t xml:space="preserve"> № 27/422 шешіміне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9931,71 +17901,71 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="45"/>
+    <w:bookmarkStart w:name="z69" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Ильинка ауылдық округінің 2026 жылға арналған бюджеті</w:t>
+        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Ильинка ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -10142,51 +18112,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="46"/>
+          <w:bookmarkStart w:name="z70" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10350,51 +18320,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 037</w:t>
+31 812</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10527,51 +18497,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 933</w:t>
+11 480</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10704,51 +18674,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 809</w:t>
+2 949</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10881,51 +18851,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 809</w:t>
+2 949</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11058,51 +19028,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 092</w:t>
+8 497</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11235,51 +19205,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-378</w:t>
+397</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11412,51 +19382,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 416</w:t>
+1 487</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11589,51 +19559,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 275</w:t>
+6 589</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11766,51 +19736,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11943,51 +19913,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32</w:t>
+34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12120,51 +20090,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32</w:t>
+34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12297,51 +20267,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 104</w:t>
+20 332</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12474,51 +20444,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 104</w:t>
+20 332</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12651,51 +20621,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 104</w:t>
+20 332</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12821,51 +20791,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z62" w:id="47"/>
+          <w:bookmarkStart w:name="z71" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13029,51 +20999,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 037</w:t>
+31 812</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13206,51 +21176,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 580</w:t>
+28 763</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13383,51 +21353,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 580</w:t>
+28 763</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13560,51 +21530,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 580</w:t>
+28 763</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13737,51 +21707,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 457</w:t>
+3 049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13914,51 +21884,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 457</w:t>
+3 049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14091,51 +22061,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 457</w:t>
+2 543</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14187,128 +22157,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+506</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14401,51 +22375,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14574,51 +22548,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14747,51 +22721,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Қаржы активтермен операциялар бойынша сальдо</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14920,51 +22894,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық активтерді сатып алу</w:t>
+4) Қаржы активтермен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15093,51 +23067,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+Қаржылық активтерді сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15266,51 +23240,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15439,51 +23413,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
+5) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15612,51 +23586,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7) Тапшылық орнын қаржыландыру (бюджет профицитін пайдалану)</w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15680,337 +23654,329 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...145 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Тапшылық орнын қаржыландыру (бюджет профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
-[...99 lines deleted...]
-Қарыздарды өтеу</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16043,50 +24009,227 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -16172,51 +24315,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аталуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z63" w:id="48"/>
+          <w:bookmarkStart w:name="z72" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -16951,51 +25094,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2025 жылғы 8 мамырдағы</w:t>
+              <w:t>2025 жылғы 8 мамырдағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -17016,51 +25159,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> № 27/422 шешіміне</w:t>
+              <w:t>№ 27/422 шешіміне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -17081,71 +25224,71 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="49"/>
+    <w:bookmarkStart w:name="z78" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Ильинка ауылдық округінің 2027 жылға арналған бюджеті</w:t>
+        <w:t xml:space="preserve"> Қаржы жылының басында болған бюджет қаражатының бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -17163,123 +25306,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
-[...71 lines deleted...]
-Кіші сыныбы</w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17292,7393 +25435,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="50"/>
+          <w:bookmarkStart w:name="z79" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="50"/>
-          <w:p>
-[...7321 lines deleted...]
-          <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -25961,55 +26781,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -26335,31 +27155,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>