--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fc18350" w14:textId="fc18350">
+    <w:p w14:paraId="c00f177" w14:textId="c00f177">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,734 +232,832 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Солтүстік Қазақстан облысы Есіл ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Солтүстік Қазақстан облысы Есіл ауданының Заградовка ауылдық округінің 2025-2027 жылдарға арналған бюджеті сәйкесінше 1, 2, 3 -қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
+      1. Солтүстік Қазақстан облысы Есіл ауданының Заградовка ауылдық округінің 2025-2027 жылдарға арналған бюджеті тиісінше 1, 2, 3 - қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 35 347 мың теңге:</w:t>
+      1) кірістер - 35 256 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салық түсімдері - 8 830 мың теңге;</w:t>
+      салық түсімдері - 9 524,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер - 3 200 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер - 3 413,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері - 23 317 мың теңге;</w:t>
+      арнайы түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 35 871,9 мың теңге;</w:t>
+      трансферттер түсімдері - 22 318 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шығындар - 35 780,9 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) - - 524,9 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) - - 524,9 мың теңге;</w:t>
+      6) бюджеттің мұнайға қатысты емес тапшылығы (продифициті) - - 524,9 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) - 524,9 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары - 524,9 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 02.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29/436</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 09.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31/472</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 23.10.2025 № 34/502 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Заградовка ауылдық округі бюджетінің шығыстарында қаржы жылының басында қалыптасқан бюджет қаражатының бос қалдықтары есебінен 2024 қаржы жылында облыстық бюджеттен 0,1 мың теңге, аудандық бюджеттен 0,2 мың теңге сомасында бөлінген пайдаланылмаған нысаналы трансферттерді қайтару 4-қосымшаға сәйкес қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2. Заградовка ауылдық округінің бюджетінде 4-қосымшаға сәйкес қаржы жылының басында қалыптасқан бюджет қаражатының бос қалдықтары есебінен шығыстар қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Заградовка ауылдық округінің 2025 жылға арналған бюджетінің кірістері Қазақстан Республикасы Бюджет кодексінің 27-бабына сәйкес құрылатындығы белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға аудандық бюджеттен Заградовка ауылдық округінің бюджетіне бюджеттік субвенциялар көлемі 21 534 мың теңге сомасында қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Солтүстік Қазақстан облысы Есіл ауданы Заградовка ауылдық округінің 2025 жылға арналған бюджетінде республикалық бюджеттен берілетін ағымдағы нысаналы трансферттердің көлемі көзделсін, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       азаматтық қызметшілердің жекелеген санаттарының, мемлекеттік бюджет қаражаты есебінен ұсталатын ұйымдар қызметкерлерінің, қазыналық кәсіпорындар қызметкерлерінің жалақысын арттыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Заградовка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Заградовка ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Солтүстік Қазақстан облысы Есіл ауданы Заградовка ауылдық округінің 2025 жылға арналған бюджетінде аудандық бюджеттен берілетін ағымдағы нысаналы трансферттердің көлемі көзделсін, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       еңбекақы төлеу қорына.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудандық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Заградовка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Заградовка ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Солтүстік Қазақстан облысы Есіл ауданы мәслихатының келесі шешімдерінің: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Солтүстік Қазақстан облысы Есіл ауданы Заградовка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/366 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Солтүстік Қазақстан облысы Есіл ауданы Заградовка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/366 шешіміне өзгерістер мен толықтырулар енгізу туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2025 жылғы 4 наурыздағы № 24/384 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1397,271 +1495,349 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Заградовка ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 02.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29/436</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 09.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31/472</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 23.10.2025 № 34/502 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z46" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...140 lines deleted...]
-Сомасы (мың теңге)</w:t>
+          <w:bookmarkEnd w:id="35"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1790,51 +1966,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 347</w:t>
+35 256</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1931,87 +2107,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салық түсімдері</w:t>
-[...35 lines deleted...]
-8 830</w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 524,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2462,87 +2638,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлік салығы</w:t>
-[...35 lines deleted...]
-5 719</w:t>
+Меншікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 427,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2639,87 +2815,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлік салығы</w:t>
-[...35 lines deleted...]
-207</w:t>
+Мүлікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+201,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3029,51 +3205,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 056</w:t>
+5 770,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3170,87 +3346,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларға, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
-[...35 lines deleted...]
-200</w:t>
+Тауарларға, жұмыстарға және қызметтерге ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+185,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3347,87 +3523,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табиғи және басқа ресурстарды пайдаланғаны үшін түсімдер</w:t>
-[...35 lines deleted...]
-200</w:t>
+Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+185,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3560,51 +3736,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 200</w:t>
+3 413,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3701,87 +3877,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жер және материалдық емес активтерді сату</w:t>
-[...35 lines deleted...]
-3 200</w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 413,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3914,51 +4090,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 200</w:t>
+3 413,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4055,87 +4231,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттер түсімдері</w:t>
-[...35 lines deleted...]
-23 317</w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22 804</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4232,87 +4408,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоғары тұрған мемлекеттік басқару органдарынан берілетін трансферттер</w:t>
-[...35 lines deleted...]
-23 317</w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22 804</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4409,87 +4585,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық (облыстық маңызы бар қаланың) бюджеттен берілетін трансферттер</w:t>
-[...35 lines deleted...]
-23 317</w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22 804</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4594,87 +4770,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аталуы</w:t>
-[...35 lines deleted...]
-Сомасы (мың теңге)</w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4803,51 +4997,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 871,9</w:t>
+35 780,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4944,87 +5138,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы сипаттағы мемлекеттік қызметтер</w:t>
-[...35 lines deleted...]
-32 387</w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32 126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5157,51 +5351,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 387</w:t>
+32 126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5334,51 +5528,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 387</w:t>
+32 126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5511,51 +5705,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 482,6</w:t>
+3 652,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5688,51 +5882,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 482,6</w:t>
+3 652,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5865,51 +6059,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 620</w:t>
+2 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5970,123 +6164,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-631</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+499</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6147,441 +6341,441 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-014</w:t>
-[...71 lines deleted...]
-231,6</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+207,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6637,128 +6831,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6782,337 +6976,337 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7168,128 +7362,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Пайдаланылмаған (толық пайдаланылмаған) трансферттер сомаларын қайтару</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7377,128 +7571,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттер сомаларын қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7591,51 +7789,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7764,51 +7962,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7937,51 +8135,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8110,51 +8308,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8283,51 +8481,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8456,87 +8654,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Бюджет тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
-- 524,9</w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8629,51 +8827,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8802,405 +9000,401 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7) Тапшылықты қаржыландыру (бюджет профицитін пайдалану)</w:t>
-[...35 lines deleted...]
-524,9</w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 524,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+524,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
-[...99 lines deleted...]
-Қарыздарды өтеу</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9233,195 +9427,390 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сынып</w:t>
-[...107 lines deleted...]
-Сомасы (мың теңге)</w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28800,55 +29189,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>