--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="35d853f" w14:textId="35d853f">
+    <w:p w14:paraId="e368039" w14:textId="e368039">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -272,51 +272,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кірістер - 32 787 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер - 6 267,3 мың теңге;</w:t>
+      салықтық түсімдер - 6 911,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
@@ -332,51 +332,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 720,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері - 25 799 мың теңге;</w:t>
+      трансферттердің түсімдері - 25 155 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) шығындар - 33 304,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
@@ -512,51 +512,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) - - 517,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджеттің шикізаттық емес тапшылығы (профициті) - - 517,5 мың теңге;</w:t>
+      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) - - 517,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) - 517,5 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
@@ -639,51 +639,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 09.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 31/471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 04.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/479</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1541,222 +1561,240 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 09.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 31/471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 04.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/479</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z46" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="35"/>
-[...105 lines deleted...]
-Аталуы</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2098,51 +2136,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 6 267,3</w:t>
+6 911,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2275,51 +2313,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 037</w:t>
+2 652</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2452,51 +2490,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 037</w:t>
+2 652</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2593,87 +2631,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлік салығы</w:t>
-[...35 lines deleted...]
-3 530,3</w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 559,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3124,87 +3162,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлік құралдарына салынатын салық</w:t>
-[...35 lines deleted...]
-3 201,3</w:t>
+Көлік салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 230,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3655,51 +3693,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі капиталдан сату түсімдері</w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3832,51 +3870,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жер және материалдық емес активтерді сату</w:t>
+Жерді және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4222,51 +4260,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 799</w:t>
+25 155</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4399,51 +4437,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 799</w:t>
+25 155</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4540,272 +4578,272 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық (облыстық маңызы бар қаланың) бюджеттен берілетін трансферттер</w:t>
-[...35 lines deleted...]
-25 799</w:t>
+Аудандық (облыстық маңызы бар қала) бюджеттен берілетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 155</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функционалдық топ</w:t>
-[...143 lines deleted...]
-Сомасы (мың теңге)</w:t>
+Функионалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалар әкімшілігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарламалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4898,51 +4936,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Шығындар</w:t>
+2) Шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6668,51 +6706,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+Пайдаланылмаған (толық пайдаланылмаған) мақсатты трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6841,51 +6879,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Таза бюджеттік кредиттеу</w:t>
+3) Таза бюджеттік несиелеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7014,51 +7052,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+Бюджеттік несиелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7360,51 +7398,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Қаржы активтерімен операциялар бойынша Сальдо</w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7706,51 +7744,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+Мемлекеттің қаржылық активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7879,51 +7917,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Бюджет тапшылығы (профициті)</w:t>
+5) Бюджет тапшылығы (профицит)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8692,159 +8730,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сынып</w:t>
-[...107 lines deleted...]
-Сомасы (мың теңге)</w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9680,65 +9718,6801 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="36"/>
+    <w:bookmarkStart w:name="z51" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Волошинка ауылдық округінің 2026 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31 397</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салық түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 157</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көзден салық салынбайтын табысқа жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке мүлік салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 050</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлік салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+190</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+157</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 965</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біріңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+738</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 240</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғары мемлекеттік органдардан трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 240</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық (облыстық маңызы бар қала) бюджеттен берілетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 240</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалды топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31 397</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 083</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 083</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін Қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 083</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 314</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 314</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 314</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік несиелеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік несиелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржылық активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылған бюджет қаражаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаттарының қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Солтүстік Қазақстан облысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есіл ауданы мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025 жылғы 8 мамырдағы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 27/419 шешіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z57" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Волошинка ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -9756,123 +16530,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-санаты</w:t>
-[...71 lines deleted...]
-Ішкі сыныбы</w:t>
+Санатиы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі сыныбы сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9900,51 +16674,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың тенге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10073,51 +16847,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 397</w:t>
+31 588</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10250,51 +17024,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 157</w:t>
+6 461</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10427,51 +17201,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 107</w:t>
+2 212</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10604,51 +17378,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 107</w:t>
+2 212</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10781,51 +17555,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 050</w:t>
+4 429</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10958,51 +17732,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-190</w:t>
+199</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11135,51 +17909,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-157</w:t>
+165</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11312,51 +18086,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 965</w:t>
+3 110</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11489,51 +18263,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-738</w:t>
+775</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11666,51 +18440,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 240</w:t>
+25 127</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11843,51 +18617,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 240</w:t>
+25 127</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12020,51 +18794,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 240</w:t>
+25 127</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12097,51 +18871,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалар</w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12378,51 +19152,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 397</w:t>
+31 588</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12555,51 +19329,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 083</w:t>
+29 193</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12732,51 +19506,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 083</w:t>
+29 193</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12909,51 +19683,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 083</w:t>
+29 193</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13050,87 +19824,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғын үй-коммуналдық шаруашылық</w:t>
-[...35 lines deleted...]
-2 314</w:t>
+тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 395</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13263,51 +20037,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 314</w:t>
+2 395</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13440,51 +20214,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 314</w:t>
+2 395</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15392,87 +22166,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
-[...35 lines deleted...]
-Сыныбы</w:t>
+санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16410,205 +23184,225 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z57" w:id="37"/>
+    <w:bookmarkStart w:name="z63" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Волошинка ауылдық округінің 2027 жылға арналған бюджеті</w:t>
+        <w:t xml:space="preserve"> Қаржы жылының басында қалыптасқан бюджет қаражатының бос қалдықтарының бағыттау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...86 lines deleted...]
-Ішкі сыныбы сыныбы</w:t>
+          <w:bookmarkStart w:name="z64" w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалды топ</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалар әкімшілігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16621,6826 +23415,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...6607 lines deleted...]
-Функционалды топ</w:t>
+          <w:bookmarkStart w:name="z65" w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="39"/>
-          <w:p>
-[...162 lines deleted...]
-          <w:bookmarkEnd w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>