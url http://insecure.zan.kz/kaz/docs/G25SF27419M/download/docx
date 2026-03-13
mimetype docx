--- v1 (2025-12-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e368039" w14:textId="e368039">
+    <w:p w14:paraId="60287d0" w14:textId="60287d0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -24761,55 +24761,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>