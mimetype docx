--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="62b5051" w14:textId="62b5051">
+    <w:p w14:paraId="95c31fa" w14:textId="95c31fa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,814 +252,854 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Солтүстік Қазақстан облысы Есіл ауданының 2025-2027 жылдарға арналған Бұлақ ауылдық округінің бюджеті сәйкесінше 1, 2, 3-қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 43 507 тысяч тенге:</w:t>
+      1) кірістер - 136 844,7 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салық түсімдері - 5 416 мың теңге;</w:t>
+      салықтық түсімдер - 6 944 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер - 0 мың теңге;</w:t>
+      салықтық емес түсімдер - 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 426 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері - 37 665 мың теңге;</w:t>
+      трансферттер түсімі - 129 474,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 44 306 мың теңге;</w:t>
+      2) шығындар - 137 643,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджетные кредиты - 0 тысяч тенге;</w:t>
+      бюджеттік кредиттер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение бюджетных кредитов - 0 тысяч тенге;</w:t>
+      бюджеттік кредиттерді өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) - - 799 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) - - 799 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) - 799 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары - 799 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 07.10.2025 № 33/496 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Бұлақ ауылдық округінің бюджетінде аудандық бюджеттен бөлінген ағымдағы нысаналы трансферттерді қайтару 4-қосымшаға сәйкес 0,6 мың теңге сомасында қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2. Бұлақ ауылдық округінің бюджетінде қаржы жылының басында қалыптасқан бюджет қаражатының бос қалдықтары есебінен 798,4 мың теңге сомасында шығыстар 4-қосымшаға сәйкес қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Бұлақ ауылдық округі бюджетінің 2025 жылға арналған кірістері Қазақстан Республикасы Бюджет кодексінің 27-бабына сәйкес құрылатындығы белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға аудандық бюджеттен Бұлақ ауылдық округінің бюджетіне бюджеттік субвенциялар көлемі 24 277 мың теңге сомасында қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Солтүстік Қазақстан облысы Есіл ауданы Бұлақ ауылдық округінің 2025 жылға арналған бюджетінде республикалық бюджеттен берілетін ағымдағы нысаналы трансферттердің көлемі көзделсін, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       азаматтық қызметшілердің жекелеген санаттарының, мемлекеттік бюджет қаражаты есебінен ұсталатын ұйымдар қызметкерлерінің, қазыналық кәсіпорындар қызметкерлерінің жалақысын арттыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Бұлақ ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Бұлақ ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Солтүстік Қазақстан облысы Есіл ауданы Бұлақ ауылдық округінің 2025 жылға арналған бюджетінде облыстық бюджеттен берілетін ағымдағы нысаналы трансферттердің көлемі қарастырылсын, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Солтүстік Қазақстан облысы Есіл ауданы Бұлақ ауылындағы кентішілік жолдарды орташа жөндеуге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыстық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Бұлақ ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Бұлақ ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Солтүстік Қазақстан облысы Есіл ауданы Бұлақ ауылдық округінің 2025 жылға арналған бюджетінде аудандық бюджеттен берілетін ағымдағы нысаналы трансферттердің көлемі көзделсін, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       еңбекақы төлеу қорына және ағымдағы шығыстарға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендердегі көшелерді жарықтандыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рұқсат етілмеген полигондарды жинақтау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудандық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Бұлақ ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Бұлақ ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Солтүстік Қазақстан облысы Есіл ауданы мәслихатының келесі шешімдерінің: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Солтүстік Қазақстан облысы Есіл ауданы Бұлақ ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/364 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Солтүстік Қазақстан облысы Есіл ауданы Бұлақ ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/364 шешіміне өзгерістер мен толықтырулар енгізу туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2025 жылғы 4 наурыздағы № 24/382 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1528,65 +1568,9246 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z50" w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Бұлақ ауылдық округінің 2025 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 07.10.2025 № 33/496 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ішкі сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+136 844,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 944</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 989</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төлем көзінен салық салынбайтын табыстардан алынатын жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 989</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 825</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік құралдарына салынатын cалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 351</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+341</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+426</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+426</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+426</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+129 474,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+129 474,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджет трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+129 474,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бюджеттік бағдарламалардың Әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+137 643,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 546</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала , ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 546</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 546</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 892,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала , ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 892,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерде көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 244</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санитарлық елді мекендерді қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+850</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру және көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+798,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89 204,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89 204,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылда, кентте, ауылдық округте автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89 204,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша Сальдо активтерді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сатып алу қаржы активтерін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сатудан түсетін түсімдер мемлекеттің қаржы активтерін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 799</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджеттің мұнай тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 799</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+799</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+799</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+799</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есептік кезеңнің соңындағы бюджет қаражатының қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+799</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Солтүстік Қазақстан облысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есіл ауданы мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы 8 мамырдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 27/418 шешіміне </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z57" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Бұлақ ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -1733,51 +10954,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z51" w:id="41"/>
+          <w:bookmarkStart w:name="z58" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1941,51 +11162,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43 507</w:t>
+40 474</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2118,51 +11339,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 416</w:t>
+5 643</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2295,51 +11516,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 756</w:t>
+1 852</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2472,51 +11693,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 756</w:t>
+1 852</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2613,87 +11834,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншікке салынатын салықтар</w:t>
-[...35 lines deleted...]
-3 530</w:t>
+Меншікке салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 654</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2790,87 +12011,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлікке салынатын салықтар</w:t>
-[...35 lines deleted...]
-98</w:t>
+Мүлікке салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3003,51 +12224,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35</w:t>
+36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3144,87 +12365,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлік құралдарына салынатын cалық</w:t>
-[...35 lines deleted...]
-3 056</w:t>
+көлік құралдарына салынатын cалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3357,51 +12578,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-341</w:t>
+359</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3552,51 +12773,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-130</w:t>
+137</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3729,51 +12950,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-130</w:t>
+137</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4224,51 +13445,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерді сату</w:t>
+Жер сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4401,87 +13622,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердің түсімдер</w:t>
-[...35 lines deleted...]
-37 665</w:t>
+Келіп түскен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 405</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4596,87 +13817,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
-[...35 lines deleted...]
-37 665</w:t>
+Трансферттер мемлекеттік басқарудың жоғары тұрған органдарынан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 405</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4791,87 +14012,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандардың (облыстық маңызы бар қаланың) бюджет трансферттер</w:t>
-[...35 lines deleted...]
-37 665</w:t>
+Трансферттер аудандық (облыстық маңызы бар қаланың) бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 405</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4904,51 +14125,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың</w:t>
+Бюджеттік бағдарламалард</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5185,51 +14406,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44 306</w:t>
+40 474</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5362,51 +14583,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 509</w:t>
+38 113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5521,87 +14742,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала , ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
-[...35 lines deleted...]
-38 509</w:t>
+Қаладағы аудан, аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5716,87 +14937,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
-[...35 lines deleted...]
-38 509</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5929,51 +15150,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 080,4</w:t>
+2 361</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6088,87 +15309,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала , ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
-[...35 lines deleted...]
-3 080,4</w:t>
+Қаладағы аудан, аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 361</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6301,51 +15522,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 244</w:t>
+1 287</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6442,87 +15663,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санитарлық елді мекендерді қамтамасыз ету</w:t>
-[...35 lines deleted...]
-1 038</w:t>
+Елді мекендерді санитарлық қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 074</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6574,309 +15795,301 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-798,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-2 716</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6896,164 +16109,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-2 716</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7105,309 +16314,301 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-2 716</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо активтерді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сатып алу қаржы активтерін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7427,164 +16628,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сатудан түсетін түсімдер мемлекеттің қаржы активтерін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7636,132 +16833,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7854,51 +17047,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Таза бюджеттік кредит беру</w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8027,51 +17220,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8095,156 +17288,160 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Бюджеттік кредиттерді өтеу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8268,156 +17465,160 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-4) Қаржы активтерімен операциялар бойынша сальдо активтерді</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8441,329 +17642,345 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Сатудан түсетін түсімдер мемлекеттің қаржы активтерін</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8819,160 +18036,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-- 799</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9024,1371 +18245,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...390 lines deleted...]
-Қарыздар түсімі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есептік кезеңнің соңындағы бюджет қаражатының қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
-            </w:r>
-[...891 lines deleted...]
-799</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10622,51 +18604,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 27/418 шешіміне </w:t>
+              <w:t>№ 27/418 шешіміне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -10687,71 +18669,71 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t xml:space="preserve">3-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z57" w:id="42"/>
+    <w:bookmarkStart w:name="z64" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Бұлақ ауылдық округінің 2026 жылға арналған бюджеті</w:t>
+        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Бұлақ ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -10898,86 +18880,66 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="43"/>
-[...34 lines deleted...]
-(мың теңге)</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11070,87 +19032,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1)Кірістер</w:t>
-[...35 lines deleted...]
-40 474</w:t>
+1) Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40 715</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11283,51 +19245,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 643</w:t>
+5 928</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11460,51 +19422,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 852</w:t>
+1 945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11637,51 +19599,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 852</w:t>
+1 945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11778,87 +19740,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншікке салығы</w:t>
-[...35 lines deleted...]
-3 654</w:t>
+Меншік салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 839</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11991,51 +19953,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101</w:t>
+106</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12168,51 +20130,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36</w:t>
+39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12345,51 +20307,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 158</w:t>
+3 316</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12522,51 +20484,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-359</w:t>
+378</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12717,51 +20679,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-137</w:t>
+144</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12894,51 +20856,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-137</w:t>
+144</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13602,51 +21564,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 405</w:t>
+34 361</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13797,51 +21759,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 405</w:t>
+34 361</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13992,51 +21954,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 405</w:t>
+34 361</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14069,51 +22031,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалард</w:t>
+Бюджеттік бағдарламалардың</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14350,51 +22312,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 474</w:t>
+40 715</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14491,87 +22453,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы сипаттағы мемлекеттік қызметтер</w:t>
-[...35 lines deleted...]
-38 113</w:t>
+Жалпы сипаттағы Мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14686,87 +22648,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаладағы аудан, аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
-[...35 lines deleted...]
-38 113</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14881,87 +22843,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
-[...35 lines deleted...]
-38 113</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15094,51 +23056,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 361</w:t>
+2 445</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15253,87 +23215,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаладағы аудан, аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
-[...35 lines deleted...]
-2 361</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 445</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15430,87 +23392,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерде көшелерді жарықтандыру</w:t>
-[...35 lines deleted...]
-1 287</w:t>
+Елді мекендерде көшелерді Жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 333</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15607,87 +23569,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді санитарлық қамтамасыз ету</w:t>
-[...35 lines deleted...]
-1 074</w:t>
+Санитарлық елді мекендерді қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 112</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18548,51 +26510,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 27/418 шешіміне</w:t>
+              <w:t xml:space="preserve">27/418 шешіміне </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -18613,74 +26575,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">3-қосымша </w:t>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="44"/>
+    <w:bookmarkStart w:name="z70" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Бұлақ ауылдық округінің 2027 жылға арналған бюджеті</w:t>
+        <w:t xml:space="preserve"> 2025 жылғы 1 қаңтарға қалыптасқан бюджет қаражатының бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -18695,123 +26657,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
-[...71 lines deleted...]
-ішкі сыныбы</w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18824,7976 +26786,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...7905 lines deleted...]
-          <w:bookmarkStart w:name="z71" w:id="46"/>
+          <w:bookmarkStart w:name="z71" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
+          <w:bookmarkEnd w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -28076,55 +28132,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>