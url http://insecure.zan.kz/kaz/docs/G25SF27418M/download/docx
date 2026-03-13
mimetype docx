--- v1 (2025-12-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="95c31fa" w14:textId="95c31fa">
+    <w:p w14:paraId="363a057" w14:textId="363a057">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -28132,55 +28132,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>