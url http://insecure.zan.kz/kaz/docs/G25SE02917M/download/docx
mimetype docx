--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="76865e8" w14:textId="76865e8">
+    <w:p w14:paraId="90ab94b" w14:textId="90ab94b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,874 +252,934 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Солтүстік Қазақстан облысы Ғабит Мүсірепов атындағы ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. 2025-2027 жылдарға арналған Ғабит Мүсірепов атындағы ауданы Шұқыркөл ауылдық округінің бюджеті осы шешімге тиісінше 1, 2 және 3-қосымшаларға сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
+      1. 2025-2027 жылдарға арналған Ғабит Мүсірепов атындағы ауданы Шұқыркөл ауылдық округінің бюджеті осы шешімге тиісінше 1, 2 және 3-қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1) кірістер – 45 666 мың теңге: </w:t>
+        <w:t>
+      1) кірістер – 53 726 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 3 610 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 37 550 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 4 505 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 45 666,3 мың теңге; </w:t>
+      трансферттер түсімі – 45 610 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шығындар – 54 083,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттерді өтеу – 0; </w:t>
+      бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржылық активтерімен операциялар бойынша сальдо – 0: </w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо – 0:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржылық активтерін сатып алу – 0;</w:t>
+      қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – 0;</w:t>
+      5) бюджет тапшылығы (профициті) – - 357,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 0:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 357,4 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      қарыздар түсімі – 0; </w:t>
+        <w:t>
+      қарыздар түсімі – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 0;</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 357,4 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Ғабит Мүсірепов атындағы ауданы мәслихатының 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32-18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған Шұқыркөл ауылдық округінің кірістері Қазақстан Республикасы Бюджет кодексінің 27-1-бабына сәйкес, мынадай салықтық түсімдер есебінен қалыптастырылатындығы белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер Бюджеттік Кодекстің 26-бабының 1-тармағының 2) тармақшасында өзгеше белгіленбесе, мемлекеттік кірістер органында тіркеу есебіне қою кезінде мәлімделген:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дара кәсіпкер, жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіпқой медиатор үшін – тұрған жерінен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалған жеке тұлғалар үшін – тұрғылықты жері орналасқан жеке тұлғалар дербес салық салуға жататын кірістер бойынша жеке табыс салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ауылдық округтің аумағындағы осы салықты салу объектілері бойынша жеке тұлғаларға салынатын мүлік салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ауылдың аумағындағы жер учаскелері бойынша жеке және заңды тұлғалардан алынатын, елдi мекендердің жерлерiне салынатын жер салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) көлік құралдары салығынан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғылықты жері ауылдың аумағындағы жеке тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздерінің құрылтай құжаттарында көрсетілетін тұрған жері ауылдың аумағында орналасқан заңды тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бірыңғай жер салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жер учаскелерін пайдаланғаны үшін төлемақыдан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ауылдық округ бюджеттеріне түсетін салықтық емес түсімдер болып:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауылдық округ әкімі әкімшілік құқық бұзушылықтар үшін салатын айыппұлдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін кірістер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігінің (жергілікті өзін-өзі басқарудың коммуналдық меншігінің) мүлкін жалға беруден түсетін кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ауылдық округ бюджетіне түсетін өзге де салықтық емес түсімдер табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ауылдық округ бюджетіне негізгі капиталды сатудан түсетін түсімдер болып:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауыл шаруашылығы мақсатындағы жер учаскелерін сатудан түсетін түсімдерді қоспағанда, жер учаскелерін сатудан түсетін түсімдер табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аудандық, облыстық және республикалық бюджеттерден берілетін трансферттер ауылдық округ бюджетіне түсетін трансферттердің түсімдері болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Аудандық бюджеттен Шұқыркөл ауылдық округінің бюджетіне берілетін субвенциялар көлемі 22 442 мың теңгені құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Ғабит Мүсірепов атындағы ауданы мәслихатының келесі шешімінің күші жойылды деп танылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Ғабит Мүсірепов атындағы ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 25-17 "Ғабит Мүсірепов атындағы ауданы Шұқыркөл ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1557,129 +1617,169 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 29-17 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ғабит Мүсірепов атындағы ауданы Шұқыркөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Ғабит Мүсірепов атындағы ауданы мәслихатының 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32-18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z54" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="43"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1950,51 +2050,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 666</w:t>
+53 726</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2268,51 +2368,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табыс салығы</w:t>
+Табыс салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2799,51 +2899,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлiкке салынатын салықтар</w:t>
+Мүлiкке салынатын салықтар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2976,51 +3076,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жер салығы</w:t>
+Жер салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3153,51 +3253,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк құралдарына салынатын салық</w:t>
+Көлiк құралдарына салынатын салық </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3507,51 +3607,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар </w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3684,51 +3784,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3861,51 +3961,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтық емес түсімдер</w:t>
+Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4569,51 +4669,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерді сату</w:t>
+Жерді және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4746,51 +4846,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жер учаскелерін сатудан түсетін түсімдер</w:t>
+Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4959,51 +5059,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 550</w:t>
+45 610</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5136,51 +5236,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 550</w:t>
+45 610</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5277,87 +5377,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық (облыстық маңызы бар қаланың) бюджетінен түсетін трансферттер</w:t>
-[...35 lines deleted...]
-37 550</w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 610</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5671,51 +5771,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 666,3</w:t>
+54 083,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5848,51 +5948,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 666</w:t>
+43 023,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6025,51 +6125,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 666</w:t>
+43 023,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6202,51 +6302,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 866</w:t>
+33 223,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6379,51 +6479,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 800</w:t>
+9 800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6556,51 +6656,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 000</w:t>
+11 060</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6733,51 +6833,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 000</w:t>
+11 060</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6910,51 +7010,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000</w:t>
+1 060</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7051,128 +7151,128 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді сумен қамтамасыз етуді ұйымдастыру</w:t>
-[...35 lines deleted...]
-5 000</w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+ 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8829,51 +8929,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+- 357,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9002,51 +9102,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+357,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9521,51 +9621,767 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+357,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+357,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+357,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+357,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -24453,55 +25269,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -24827,31 +25643,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>