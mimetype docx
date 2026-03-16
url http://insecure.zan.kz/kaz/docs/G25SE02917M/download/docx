--- v1 (2025-12-27)
+++ v2 (2026-03-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="90ab94b" w14:textId="90ab94b">
+    <w:p w14:paraId="d9642ac" w14:textId="d9642ac">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -25269,55 +25269,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>