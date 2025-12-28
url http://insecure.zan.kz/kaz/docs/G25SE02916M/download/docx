--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="37e9d2a" w14:textId="37e9d2a">
+    <w:p w14:paraId="fc275fc" w14:textId="fc275fc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,834 +252,912 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Солтүстік Қазақстан облысы Ғабит Мүсірепов атындағы ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. 2025-2027 жылдарға арналған Ғабит Мүсірепов атындағы ауданы Шөптікөл ауылдық округінің бюджеті осы шешімге тиісінше 1, 2 және 3-қосымшаларға сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
+      1. 2025-2027 жылдарға арналған Ғабит Мүсірепов атындағы ауданы Шөптікөл ауылдық округінің бюджеті осы шешімге тиісінше 1, 2 және 3-қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 12 908 мың теңге;</w:t>
+      1) кірістер – 60 380,6 мың теңге:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салықтық түсімдер – 16 695,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 3 863 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 811 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 37 769 мың теңге; 2) шығындар – 54 540,1 мың теңге; </w:t>
+      трансферттер түсімі – 42 874 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шығындар – 60 445,1 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0: бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржылық активтерімен операциялар бойынша сальдо – 0: </w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо – 0: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржылық активтерін сатып алу – 0;</w:t>
+      қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – 0;</w:t>
+      5) бюджет тапшылығы (профициті) – - 64,5 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 0:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 64,5 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қарыздар түсімі – 0; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 0;</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 64,5 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Ғабит Мүсірепов атындағы ауданы мәслихатының 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32-17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған Шөптікөл ауылдық округінің кірістері Қазақстан Республикасы Бюджет кодексінің 27-1-бабына сәйкес, мынадай салықтық түсімдер есебінен қалыптастырылатындығы белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер Бюджеттік Кодекстің 26-бабының 1-тармағының 2) тармақшасында өзгеше белгіленбесе, мемлекеттік кірістер органында тіркеу есебіне қою кезінде мәлімделген:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дара кәсіпкер, жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіпқой медиатор үшін – тұрған жерінен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалған жеке тұлғалар үшін – тұрғылықты жері орналасқан жеке тұлғалар дербес салық салуға жататын кірістер бойынша жеке табыс салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ауылдық округтің аумағындағы осы салықты салу объектілері бойынша жеке тұлғаларға салынатын мүлік салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ауылдың аумағындағы жер учаскелері бойынша жеке және заңды тұлғалардан алынатын, елдi мекендердің жерлерiне салынатын жер салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) көлік құралдары салығынан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғылықты жері ауылдың аумағындағы жеке тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздерінің құрылтай құжаттарында көрсетілетін тұрған жері ауылдың аумағында орналасқан заңды тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бірыңғай жер салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жер учаскелерін пайдаланғаны үшін төлемақыдан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ауылдық округ бюджеттеріне түсетін салықтық емес түсімдер болып:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауылдық округ әкімі әкімшілік құқық бұзушылықтар үшін салатын айыппұлдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін кірістер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігінің (жергілікті өзін-өзі басқарудың коммуналдық меншігінің) мүлкін жалға беруден түсетін кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ауылдық округ бюджетіне түсетін өзге де салықтық емес түсімдер табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ауылдық округ бюджетіне негізгі капиталды сатудан түсетін түсімдер болып:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауыл шаруашылығы мақсатындағы жер учаскелерін сатудан түсетін түсімдерді қоспағанда, жер учаскелерін сатудан түсетін түсімдер табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аудандық, облыстық және республикалық бюджеттерден берілетін трансферттер ауылдық округ бюджетіне түсетін трансферттердің түсімдері болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Аудандық бюджеттен Шөптікөл ауылдық округінің бюджетіне берілетін субвенциялар көлемі 15 819 мың теңгені құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Ғабит Мүсірепов атындағы ауданы мәслихатының келесі шешімінің күші жойылды деп танылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Ғабит Мүсірепов атындағы ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 25-16 "Ғабит Мүсірепов атындағы ауданы Шөптікөл ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1517,129 +1595,169 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 29-16 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ғабит Мүсірепов атындағы ауданы Шөптікөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Ғабит Мүсірепов атындағы ауданы мәслихатының 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32-17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z54" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="41"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1722,70 +1840,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z52" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сома (мың</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -1930,51 +2046,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54 540</w:t>
+60 380,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2107,51 +2223,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12 908</w:t>
+16 695,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2284,51 +2400,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 004</w:t>
+2 591</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2461,51 +2577,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 004</w:t>
+2 591</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2638,51 +2754,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 604</w:t>
+13 794,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2815,51 +2931,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-159</w:t>
+69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2992,51 +3108,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-693</w:t>
+496</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3169,51 +3285,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 618</w:t>
+5 651</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3346,51 +3462,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 134</w:t>
+7 578,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3523,51 +3639,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+310</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3700,51 +3816,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+310</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4054,51 +4170,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 863</w:t>
+811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4231,51 +4347,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 863</w:t>
+811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4408,51 +4524,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 863</w:t>
+811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4585,51 +4701,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 769</w:t>
+42 874</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4762,51 +4878,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 769</w:t>
+42 874</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4939,51 +5055,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 769</w:t>
+42 874</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5109,70 +5225,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z53" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сома (мың</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5317,51 +5431,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54 540,1</w:t>
+60 445,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5494,51 +5608,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 940</w:t>
+36 740</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5671,51 +5785,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 940</w:t>
+36 740</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5848,405 +5962,405 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 940</w:t>
+36 660</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-18 600</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-18 600</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 705</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6266,164 +6380,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1 000</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 705</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6484,441 +6598,441 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-014</w:t>
-[...71 lines deleted...]
-17 600</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдi мекендердегі көшелердi жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 105</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6974,128 +7088,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7183,128 +7297,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7397,51 +7515,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+3. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7570,51 +7688,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7743,51 +7861,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Қаржы активтерiмен операциялар бойынша сальдо</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7916,51 +8034,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+4. Қаржы активтерiмен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8089,51 +8207,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8262,51 +8380,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Бюджет тапшылығы (профициті)</w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8435,87 +8553,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
-[...35 lines deleted...]
-0</w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-64,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8608,87 +8726,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздар түсімдері</w:t>
-[...35 lines deleted...]
-0</w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8781,51 +8899,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздарды өтеу</w:t>
+Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8954,87 +9072,976 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+64,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9339,68 +10346,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 29-16 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="44"/>
+    <w:bookmarkStart w:name="z59" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Ғабит Мүсірепов атындағы ауданы Шөптікөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9544,70 +10551,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z60" w:id="45"/>
+          <w:bookmarkStart w:name="z60" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сома (мың</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="45"/>
+          <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -12931,70 +13938,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="46"/>
+          <w:bookmarkStart w:name="z61" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сома (мың</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
+          <w:bookmarkEnd w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -16630,68 +17637,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 29-16 шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z67" w:id="47"/>
+    <w:bookmarkStart w:name="z67" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Ғабит Мүсірепов атындағы ауданы Шөптікөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -16835,70 +17842,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="48"/>
+          <w:bookmarkStart w:name="z68" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сома (мың</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
+          <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -20222,70 +21229,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z69" w:id="49"/>
+          <w:bookmarkStart w:name="z69" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сома (мың</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="49"/>
+          <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -23648,55 +24655,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -24022,31 +25029,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>