--- v1 (2025-12-28)
+++ v2 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fc275fc" w14:textId="fc275fc">
+    <w:p w14:paraId="1ae9b55" w14:textId="1ae9b55">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -24655,55 +24655,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>