--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="53b5ef9" w14:textId="53b5ef9">
+    <w:p w14:paraId="261ad89" w14:textId="261ad89">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,1094 +252,1252 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Солтүстік Қазақстан облысы Ақжар аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. 2025-2027 жылдарға арналған Ақжар ауданы Қулыкөл ауылдық округінің бюджеті тиісінше осы шешімге 1, 2 және 3-қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
+      1. 2025-2027 жылдарға арналған Ақжар ауданы Қулыкөл ауылдық округінің бюджеті тиісінше осы шешімнің 1, 2 және 3 қосымшаларына сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 53 693 мың теңге:</w:t>
+      1) кірістер – 53 936 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 5 093 мың теңге;</w:t>
+      салықтық түсімдер – 6 393 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 125 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 415 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 48 060 мың теңге;</w:t>
+      трансферттер түсімдері – 47 003 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік кредиттеу – 0 теңге, соның ішінде:</w:t>
+      2) шығындар – 55 153,6 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) таза бюджеттік кредит беру – 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -0,3 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -1 217,6 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 0,3 мың теңге:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1 217,6 теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 0,3 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – -1217,6 теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Ақжар аудандық мәслихатының 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған ауылдық округ бюджетінің кірістері Қазақстан Республикасының Бюджет кодексіне сәйкес келесі салықтық түсімдер есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       егер осы Кодекстің 26-бабының 1) тармағының 2) тармақшасында өзгеше белгіленбесе, мемлекеттік кірістер органында тіркеу есебіне қою кезінде мәлімделген:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дара кәсіпкер, жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіпқой медиатор үшін – тұрған жері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалған жеке тұлғалар үшін – тұрғылықты жері ауылдың аумағында орналасқан жеке тұлғалар дербес салық салуға жататын кірістер бойынша жеке табыс салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ аумағындағы осы салық салу объектілері бойынша жеке тұлғаларға салынатын мүлік салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл аумағындағы жер учаскелері бойынша жеке және заңды тұлғалардан алынатын, елді мекендердің жерлеріне салынатын жер салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мыналардан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғылықты жері ауыл аумағындағы жеке тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздерінің құрылтай құжаттарында көрсетілген тұрған жері ауылдың аумағында орналасқан заңды тұлғалардан алынатын көлік құралы салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бірыңғай жер салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін пайдаланғаны үшін төлемақы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сыртқы (көрнекі) жарнаманы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдағы үй-жайлардың шегінен тыс ашық кеңістікте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің аумақтары арқылы өтетін жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендерден тыс жердегі үй-жайлардың шегінен тыс ашық кеңістікте және жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінен тыс жерде орналастырғаны үшін төлемақы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ аумағындағы кең таралған пайдалы қазбаларға, жерасты суларына және емдік балшықтарға салынатын пайдалы қазбаларды өндіру салығы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған ауылдық округ бюджетінің кірістері келесі салықтық емес түсімдер есебінен қалыптасуы белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ әкімі әкімшілік құқық бұзушылықтар үшін салатын айыппұлдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке және заңды тұлғалардың ерікті түрдегі алымдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін кірістер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ әкімі аппаратының шешімі бойынша құрылған коммуналдық мемлекеттік кәсіпорындардың таза кірісі бөлігінің түсімдері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігіндегі (жергілікті өзін-өзі басқарудың коммуналдық меншігіндегі) заңды тұлғаларға қатысу үлесіне кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігінің (жергілікті өзін-өзі басқарудың коммуналдық меншігінің) мүлкін жалға беруден түсетін кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетінен берілген кредиттер бойынша сыйақылар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін өзге де кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетіне түсетін өзге де салықтық емес түсімдер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған ауылдық округ бюджетінің кірістері негізгі капиталды сатудан түсетін түсімдер есебінен қалыптасуы белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетінен қаржыландырылатын мемлекеттік мекемелерге бекітіліп берілген мүлікті сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл шаруашылығы мақсатындағы жер учаскелерін сатудан түсетін түсімдерді қоспағанда, жер учаскелерін сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін жалдау құқығын сатқаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аудандық бюджеттен берілетін трансферттер ауылдық округ бюджеттеріне түсетін трансферттердің түсімдері болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z55" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. 2025 жылға арналған ауылдық округ бюджетінде аудандық бюджеттен округ бюджетіне берілетін субвенция көлемі 36 985 мың теңге сомасында көзделгендігі ескерілсін</w:t>
+      6. 2025 жылға арналған ауылдық округ бюджетінде аудандық бюджеттен округ бюджетіне берілетін субвенция көлемі 36 985 мың теңге сомасында көзделгендігі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1. Қаржы жылының басына қалыптасқан, 2024 жылы пайдаланылмаған (толық пайдаланылмаған) бюджеттік қаражаттың бос қалдықтары есебінен ауылдық округ бюджетінің шығыстары осы шешімнің 4 қосымшасына сәйкес көзделсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қаржы жылының басына жинақталған, 2024 жылы пайдаланылмаған (толық пайдаланылмаған) бюджеттік қаражаттың бос қалдықтарының сомаларын бөлу Солтүстік Қазақстан облысы Ақжар ауданы Қулыкөл ауылдық округі әкімінің "Ақжар аудандық мәслихатының "2025-2027 жылдарға арналған Ақжар ауданы Қулыкөл ауылдық округінің бюджетін бекіту туралы" шешімін жүзеге асыру туралы" шешімімен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Шешім 6-1-тармақпен толықтырылды – Солтүстік Қазақстан облысы Ақжар аудандық мәслихатының 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Солтүстік Қазақстан облысы Ақжар аудандық мәслихатының "2025-2027 жылдарға арналған Ақжар ауданы Кулыкөл ауылдық округінің бюджетін бекіту туралы" 2024 жылғы 30 желтоқсандағы № 27-19 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа еңгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1712,129 +1870,169 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 29-9 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:bookmarkStart w:name="z63" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақжар ауданы Қулыкөл ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Ақжар аудандық мәслихатының 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z66" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="54"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1917,70 +2115,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z64" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2125,51 +2321,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 693</w:t>
+53936</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2302,51 +2498,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 093</w:t>
+6393</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2833,51 +3029,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 523</w:t>
+4823</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3541,51 +3737,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-666</w:t>
+1966</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4780,51 +4976,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 060</w:t>
+47003</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4957,51 +5153,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 060</w:t>
+47003</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5134,51 +5330,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 060</w:t>
+47003</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5342,51 +5538,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+Бюджеттікбағдарламалардыңәкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -5647,51 +5843,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 693,3</w:t>
+55153,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5824,51 +6020,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38027</w:t>
+40207</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5965,87 +6161,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...35 lines deleted...]
-38027</w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40207</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6142,87 +6338,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
-[...35 lines deleted...]
-38027</w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40207</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6355,51 +6551,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 076</w:t>
+12256,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6532,51 +6728,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 076</w:t>
+12256,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6709,51 +6905,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 576</w:t>
+1920,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6886,51 +7082,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7200</w:t>
+5 576</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7063,51 +7259,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+4760</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7635,187 +7831,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
-[...135 lines deleted...]
-2090,3</w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7912,87 +8108,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...35 lines deleted...]
-2090,3</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8053,300 +8249,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-048</w:t>
-[...71 lines deleted...]
-0,3</w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2090</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2090,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8366,160 +8562,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2090,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8571,128 +8771,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8744,128 +8948,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+'Заңнаманы өзгертуге байланысты жоғары тұрған бюджеттің шығындарын өтеуге төменгі тұрған бюджеттен ағымдағы нысаналы трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2090</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8958,51 +9166,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+ІІІ. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9131,87 +9339,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Бюджет тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
--0,3</w:t>
+ІV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9304,469 +9512,433 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VІ. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
-[...35 lines deleted...]
-0,3</w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...172 lines deleted...]
-мың теңге</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1217,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9786,195 +9958,748 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VІ. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1217,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1217,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1217,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -10076,51 +10801,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,3</w:t>
+1217,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10360,65 +11085,6915 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 29-9 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="57"/>
+    <w:bookmarkStart w:name="z70" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақжар ауданы Қулыкөл ауылдық округінің 2026 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z71" w:id="56"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="56"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+І.Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 203</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 374</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 656</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 656</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 718</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+132</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 877</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+703</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+132</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+132</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекетік меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+132</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+415</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+415</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+415</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердіңтүсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 282</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 282</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 282</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығыстар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 203</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 995</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 995</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 995</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 208</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 208</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 208</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ІІІ. Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ІV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VІ. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатықалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Солтүстік Қазақстан облысы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ақжар аудандық мәслихатының </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы 12 мамырдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 29-9 шешіміне 3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z76" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ақжар ауданы Қулыкөл ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -10565,51 +18140,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z71" w:id="58"/>
+          <w:bookmarkStart w:name="z77" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10773,51 +18348,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 203</w:t>
+42 675</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10950,51 +18525,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 374</w:t>
+5 643</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11127,51 +18702,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 656</w:t>
+1 739</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11304,51 +18879,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 656</w:t>
+1 739</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11481,51 +19056,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 718</w:t>
+3 904</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11658,51 +19233,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-132</w:t>
+139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12012,51 +19587,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 877</w:t>
+3 021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12189,51 +19764,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-703</w:t>
+738</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12366,51 +19941,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-132</w:t>
+139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12543,51 +20118,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-132</w:t>
+139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12720,51 +20295,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-132</w:t>
+139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13428,51 +21003,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 282</w:t>
+36 478</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13605,51 +21180,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 282</w:t>
+36 478</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13782,51 +21357,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 282</w:t>
+36 478</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14295,51 +21870,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 203</w:t>
+42 675</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14472,51 +22047,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 995</w:t>
+40 356</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14649,51 +22224,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 995</w:t>
+40 356</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14826,51 +22401,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 995</w:t>
+40 356</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15003,51 +22578,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 208</w:t>
+2 319</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15180,51 +22755,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 208</w:t>
+2 319</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15357,51 +22932,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 208</w:t>
+2 319</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17204,649 +24779,497 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 29-9 шешіміне 3-қосымша</w:t>
+              <w:t>№ 29-9 шешіміне 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z76" w:id="59"/>
+    <w:bookmarkStart w:name="z82" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ақжар ауданы Қулыкөл ауылдық округінің 2027 жылға арналған бюджеті</w:t>
+        <w:t xml:space="preserve"> 2025 жылғы 1 қаңтарда қалыптасқан бюджет қаражатының бос қалдықтары есебінен 2025 жылға арналған ауылдық округі бюджеттің шығыстарын бөлу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Ақжар аудандық мәслихатының 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...70 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:bookmarkStart w:name="z77" w:id="60"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="60"/>
-[...15 lines deleted...]
-мың теңге</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -17864,341 +25287,337 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1 739</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1217,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1 739</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланалатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1217,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18227,155 +25646,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-04</w:t>
-[...103 lines deleted...]
-3 904</w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1217,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18472,797 +25891,563 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлікке салынатын салықтар</w:t>
-[...35 lines deleted...]
-139</w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1217,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-6</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...166 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -19280,518 +26465,514 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-139</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1217,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-139</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1217,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-415</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1217,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19811,6055 +26992,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...6003 lines deleted...]
-0,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1217,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26422,55 +27712,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -26796,31 +28086,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>