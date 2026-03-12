--- v1 (2025-12-27)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="261ad89" w14:textId="261ad89">
+    <w:p w14:paraId="e8f29ef" w14:textId="e8f29ef">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -27712,55 +27712,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>