--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="94458d0" w14:textId="94458d0">
+    <w:p w14:paraId="9de471e" w14:textId="9de471e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -312,674 +312,756 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) кірістер – 70 365,6 мың теңге:</w:t>
+      1) кірістер – 75 532,6 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 4 405,9 мың теңге;</w:t>
+      салықтық түсімдер – 5 169,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 426,7 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 462,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 65 533,0 мың теңге;</w:t>
+      трансферттер түсімі – 69 900,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 71 257,9 мың теңге;</w:t>
+      2) шығындар – 76 424,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3) таза бюджеттік кредиттеу – 0 мың теңге: </w:t>
+        <w:t>
+      3) таза бюджеттік кредиттеу – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – - 892,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті)- -892,3 мың теңге;</w:t>
+      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) - - 892,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) –892,3 мың теңге:</w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 892,3 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары – 892,3 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 12.09.2025 № 8-31-7 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған ауылдық округ бюджетінің кірістері Қазақстан Республикасының Бюджет кодексінің 168-бабына сәйкес құрылатындығы белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға аудандық бюджеттен ауылдық округ бюджетіне берілетін бюджеттік субвенциялардың көлемі 23 854,0 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. 2025 жылға арналған аудандық бюджеттен ауылдық округ бюджетіне берілетін нысаналы трансферттер 41 577,0 мың теңге сомасында ескерілсін.</w:t>
+      4. 2025 жылға арналған аудандық бюджеттен ауылдық округ бюджетіне берілетін нысаналы трансферттер - 45 944,0 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілген аудандық бюджеттен нысаналы трансферттердің бөлуі 2025-2027 жылдарға арналған Қамсақты ауылдық округінің бюджетін бекіту туралы Айыртау аудандық мәслихаттың шешімін іске асыру туралы ауылдық округ әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 4-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 12.09.2025 № 8-31-7 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған аудандық бюджеттен республикалық округ бюджетіне берілетін нысаналы трансферттер 102,0 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілген республикалық бюджеттен нысаналы трансферттердің бөлуі 2025-2027 жылдарға арналған Қамсақты ауылдық округінің бюджетін бекіту туралы Айыртау аудандық мәслихаттың шешімін іске асыру туралы ауылдық округ әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4- қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ауылдық округінің бюджетінде қаржылық жылбасына қалыптасқан бюджет қаражатының бос қалдықтары есебінен шығындарықарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Айыртау аудандық мәслихаттың келесі шешімдерінің күші жойылды деп танылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "2025-2027 жылдарға арналған Айыртау ауданы Қамсақты ауылдық округінің бюджетін бекіту туралы" Айыртау аудандық мәслихатының 2024 жылғы 27 желтоқсандағы № 8-22-10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "2025-2027 жылдарға арналған Айыртау ауданы Қамсақты ауылдық округінің бюджетін бекіту туралы" Айыртау аудандық мәслихатының 2024 жылғы 27 желтоқсандағы № 8-22-10 шешіміне өзгерістер мен толықтырулар енгізу туралы" Айыртау аудандық мәслихаттың 2025 жылғы 19 наурыздағы № 8-24-9 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1352,134 +1434,154 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Айыртау ауданы Қамсақты ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 12.09.2025 № 8-31-7 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z42" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="32"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2094,51 +2196,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70 365,6</w:t>
+75 532,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2275,51 +2377,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 405,9</w:t>
+5 169,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2456,51 +2558,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000,0</w:t>
+1 370,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2637,51 +2739,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000,0</w:t>
+1 370,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2818,51 +2920,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 405,9</w:t>
+3 799,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2999,51 +3101,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100,0</w:t>
+44,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3180,51 +3282,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 160,0</w:t>
+3 530,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3361,51 +3463,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145,9</w:t>
+225,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3723,51 +3825,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-426,7</w:t>
+462,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3904,51 +4006,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-426,7</w:t>
+462,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4085,51 +4187,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49,8</w:t>
+85,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4447,51 +4549,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65 533,0</w:t>
+69 900,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4628,51 +4730,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65 533,0</w:t>
+69 900,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4809,51 +4911,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65 533,0</w:t>
+69 900,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5001,51 +5103,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттікбағдарламалардыңәкімшісі</w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5529,51 +5631,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71 257,9</w:t>
+76 424,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5710,51 +5812,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52412,0</w:t>
+54 263,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5891,51 +5993,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52412,0</w:t>
+54 263,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6072,51 +6174,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 672,0</w:t>
+52 740,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6253,51 +6355,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 740,0</w:t>
+1 522,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6398,87 +6500,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғынүй-коммуналдық шаруашылық</w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 783,3</w:t>
+22 099,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6615,51 +6717,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 783,3</w:t>
+22 099,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6977,51 +7079,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 200,0</w:t>
+4 910,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7158,51 +7260,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 323,3</w:t>
+12 928,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -10545,51 +10647,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-892,3</w:t>
+ 892,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -30401,55 +30503,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -30775,31 +30877,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>