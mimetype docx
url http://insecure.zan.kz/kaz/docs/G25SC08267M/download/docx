--- v0 (2025-11-15)
+++ v1 (2026-03-08)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3e8f8b3" w14:textId="3e8f8b3">
+    <w:p w14:paraId="37935bb" w14:textId="37935bb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -231,715 +231,897 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Айыртау аудандық мәслихаты ШЕШТІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1. 2025-2027 жылдарға арналған Айыртау ауданы Имантау ауылдық округінің бюджеті осы шешімге тиісінше 1, 2 және 3 қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін: </w:t>
+        <w:t>
+      1. 2025-2027 жылдарға арналған Айыртау ауданы Имантау ауылдық округінің бюджеті осы шешімге тиісінше 1, 2 және 3 қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 236 959,4 мың теңге:</w:t>
+      1) кірістер – 183 856,8 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 20 388,0 мың теңге;</w:t>
+      салықтық түсімдер – 21 600,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 731,4 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 4 097,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 215 840,0 мың теңге;</w:t>
+      трансферттер түсімі – 158 158,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 240 777,5 мың теңге;</w:t>
+      2) шығындар – 187 674,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) таза бюджеттік кредиттеу – 0 мың теңге: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – - 3 818,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) бюджеттің мұнайға қатысты емес тапшылығы (профициті)- -3 818,1 мың теңге;</w:t>
+      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) - - 3 818,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) –3 818,1 мың теңге:</w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 3 818,1 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 3 818,1мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 3 818,1 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 12.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-31-6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 10.10.2025 № 8-33-4 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған ауылдық округ бюджетінің кірістері Қазақстан Республикасының Бюджет кодексінің 168-бабына сәйкес құрылатындығы белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға аудандық бюджеттен ауылдық округ бюджетіне берілетін бюджеттік субвенциялардың көлемі 31 560,0 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған республикалық бюджеттен ауылдық округ бюджетіне берілетін нысаналы трансферттер 120,0 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілген республикалық бюджеттен нысаналы трансферттердің бөлуі 2025-2027 жылдарға арналған Имантау ауылдық округінің бюджетін бекіту туралы Айыртау аудандық мәслихаттың шешімін іске асыру туралы ауылдық округ әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. 2025 жылға арналған облыстық бюджеттен ауылдық округ бюджетіне берілетін нысаналы трансферттер 139 532,0 мың теңге сомасында ескерілсін.</w:t>
+      5. 2025 жылға арналған облыстық бюджеттен ауылдық округ бюджетіне берілетін нысаналы трансферттер 81755,1 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілген облыстық бюджеттен нысаналы трансферттердің бөлуі 2025-2027 жылдарға арналған Имантау ауылдық округінің бюджетін бекіту туралы Айыртау аудандық мәслихаттың шешімін іске асыру туралы ауылдық округ әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 12.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-31-6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. 2025 жылға арналған аудандық бюджеттен ауылдық округ бюджетіне берілетін нысаналы трансферттер 44 628,0 мың теңге сомасында ескерілсін.</w:t>
+      6. 2025 жылға арналған аудандық бюджеттен ауылдық округ бюджетіне берілетін нысаналы трансферттер 44 723,8 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілген аудандық бюджеттен нысаналы трансферттердің бөлуі 2025-2027 жылдарға арналған Имантау ауылдық округінің бюджетін бекіту туралы Айыртау аудандық мәслихаттың шешімін іске асыру туралы ауылдық округ әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 12.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-31-6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. 4- қосымшаға сәйкес ауылдық округінің бюджетінде қаржылық жыл басына қалыптасқан бюджет қаражатының бос қалдықтары есебінен шығындары қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Айыртау аудандық мәслихаттың келесі шешімдерінің күші жойылды деп танылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "2025-2027 жылдарға арналған Айыртау ауданы Имантау ауылдық округінің бюджетін бекіту туралы" Айыртау аудандық мәслихатының 2024 жылғы 27 желтоқсандағы № 8-22-8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "2025-2027 жылдарға арналған Айыртау ауданы Имантау ауылдық округінің бюджетін бекіту туралы" Айыртау аудандық мәслихатының 2024 жылғы 27 желтоқсандағы № 8-22-8 шешіміне өзгерістер мен толықтырулар енгізу туралы" Айыртау аудандық мәслихаттың 2025 жылғы 19 наурыздағы № 8-24-7 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1312,65 +1494,20505 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Айыртау ауданы Имантау ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Айыртау аудандық мәслихатының 12.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-31-6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 10.10.2025 № 8-33-4 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1)Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+183 856,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 600,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 298,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 298,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 110,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+341,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+173,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 596,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 097,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 097,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 097,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+158 158,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+158 158,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+158 158,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттікбағдарламалардыңәкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+187 674,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 501,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 501,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64 483,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1018 ,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғынүй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 500,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 500,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 400,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерлеу орындарын күтіп- ұстау және туысы жоқ адамдарды жерлеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 900,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 200,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+917,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+917,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+917,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81 755,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81 755,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81 755,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатыпалу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 3 818,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 3 818,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 818,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кішісыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 818,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 818,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 818,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Айыртау аудандық мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы 8 мамырдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 8-26-7 шешіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z48" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026 жылға арналған Айыртау ауданы Имантау ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кішісыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1)Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+118 969,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 407,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 450,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 450,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 382,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+420,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+315,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 647,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 575,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 575,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердіңтүсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+97 562,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiкбасқарудыңжоғарытұрғаноргандарынантүсетiнтрансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+97 562,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+97 562,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттікбағдарламалардыңәкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+118 969,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64 822,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64 822,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64 822,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғынүй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52 467,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52 467,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 960,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 250,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерлеу орындарын күтіп- ұстау және туысы жоқ адамдарды жерлеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+315,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 942,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 680,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 680,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 680,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатыпалу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кішісыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Айыртау аудандық мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы 8 мамырдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 8-26-7 шешіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z53" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2027 жылға арналған Айыртау ауданы Имантауа уылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -1469,51 +22091,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сома, мың теңге</w:t>
+Сома, мыңтеңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2054,51 +22676,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-236 959,4</w:t>
+122 472,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2235,51 +22857,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 388,0</w:t>
+22 477,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2416,51 +23038,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 000,0</w:t>
+9 922,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2597,51 +23219,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 000,0</w:t>
+9 922,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2778,51 +23400,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 888,0</w:t>
+10 901,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2959,51 +23581,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-400,0</w:t>
+441,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3140,51 +23762,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300,0</w:t>
+331,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3321,51 +23943,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 188,0</w:t>
+10 129,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3502,51 +24124,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 500,0</w:t>
+1 654,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3683,51 +24305,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 500,0</w:t>
+1 654,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4045,232 +24667,232 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-731,4</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...148 lines deleted...]
-731,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердіңтүсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99 995,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4291,931 +24913,893 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...115 lines deleted...]
-731,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiкбасқарудыңжоғарытұрғаноргандарынантүсетiнтрансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99 995,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...148 lines deleted...]
-215 840,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99 995,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-215 840,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома, мың.теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...171 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттікбағдарламалардыңәкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...106 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...70 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -5268,276 +25852,310 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...37 lines deleted...]
-          <w:p/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122 472,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...110 lines deleted...]
-4</w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 </w:t>
+65 619,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5559,524 +26177,528 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...74 lines deleted...]
-2) Шығындар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-240 777,5</w:t>
+65 619,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62 113,5</w:t>
+65 619,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғынүй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62 113,5</w:t>
+55 089,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6098,166 +26720,166 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...78 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61 037,0</w:t>
+55 089,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6321,305 +26943,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-022</w:t>
-[...36 lines deleted...]
-Мемлекеттік органның күрделі шығыстары</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 076,5</w:t>
+16 758,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-Тұрғынүй-коммуналдық шаруашылық</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 531,4</w:t>
+5 512,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6641,166 +27263,166 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерлеу орындарын күтіп- ұстау және туысы жоқ адамдарды жерлеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 531,4</w:t>
+330,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6864,305 +27486,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...36 lines deleted...]
-Елді мекендердегі көшелерді жарықтандыру</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 200,0</w:t>
+32 489,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5000,0</w:t>
+1 764,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7184,166 +27806,166 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...78 lines deleted...]
-Жерлеу орындарын күтіп- ұстау және туысы жоқ адамдарды жерлеу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300,0</w:t>
+1 764,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7407,124 +28029,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...36 lines deleted...]
-Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 831,4</w:t>
+1 764,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7579,314 +28201,306 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 200,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-Көлiк және коммуникация</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 600,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7908,166 +28522,162 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 600,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8122,314 +28732,306 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 600,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-Басқалар</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатыпалу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139 532,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8451,166 +29053,162 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139 532,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8665,315 +29263,303 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139 532,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-Трансферттер</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8994,166 +29580,162 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,6</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9208,133 +29790,129 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,6</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9431,443 +30009,308 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Таза бюджеттік кредиттеу</w:t>
+Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...128 lines deleted...]
-Бюджеттік кредиттер</w:t>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
-            <w:tcBorders>
-[...28 lines deleted...]
-0</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...133 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -9920,270 +30363,232 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...79 lines deleted...]
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кішісыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...107 lines deleted...]
-Қаржы активтерін сатыпалу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10241,126 +30646,130 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...74 lines deleted...]
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10451,1734 +30860,133 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-5) Бюджет тапшылығы (профициті)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- 3 818,1</w:t>
-[...529 lines deleted...]
-              <w:t>
 0</w:t>
-            </w:r>
-[...1072 lines deleted...]
-3 818,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12412,18662 +31220,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2 қосымша</w:t>
+              <w:t>4 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z48" w:id="35"/>
-[...18587 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="37"/>
+    <w:bookmarkStart w:name="z58" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылғы 1 қаңтарға қалыптасқан бюджет қаражатының бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -35465,55 +35685,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -35839,31 +36059,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>