--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8140df3" w14:textId="8140df3">
+    <w:p w14:paraId="caed2ef" w14:textId="caed2ef">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -332,1119 +332,1158 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 73515 мың теңге:</w:t>
+      1) кірістер – 75034,2 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 13122 мың теңге;</w:t>
+      салықтық түсімдер – 19131 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі - 60393 мың теңге;</w:t>
+      трансферттер түсімі - 55903,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 78714,1 мың теңге;</w:t>
+      2) шығындар – 80233,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) - -5199,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) бюджеттің мұнайға қатысты емес тапшылығы (профициті) - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану)- 5199,1 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары –5199,1 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Аққайың ауданы мәслихатының 17.10.2025 № 28-18 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған ауылдық округ бюджетінің кірістері Қазақстан Республикасы Бюджет кодексіне сәйкес мына салықтық түсімдер есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аудандық маңызы бар қаланың, ауылдың, кенттің аумағында мемлекеттік кіріс органдарында тіркеу есебіне қою кезінде мәлімделген:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дара кәсіпкер, жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіпқой медиатор үшін – тұрған жері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалған жеке тұлғалар үшін – тұрғылықты жері орналасқан жеке тұлғалар дербес салық салуға жататын кірістер бойынша жеке табыс салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің аумағындағы осы салықты салу объектілері бойынша жеке тұлғалардың мүлкіне салынатын салық;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аудандық маңызы бар қаланың, ауылдың, кенттің аумағындағы жер учаскелері бойынша жеке және заңды тұлғалардан алынатын, елдi мекендер жерлерiне салынатын жер салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мыналардан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғылықты жері аудандық маңызы бар қаланың, ауылдың, кенттің аумағындағы жеке тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздерінің құрылтай құжаттарында көрсетілетін тұрған жері аудандық маңызы бар қаланың, ауылдың, кенттің аумағында орналасқан заңды тұлғалардан алынатын көлік құралдары салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сыртқы (көрнекі) жарнаманы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қаладағы, ауылдағы, кенттегі үй-жайлардың шегінен тыс ашық кеңістікте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің аумақтары арқылы өтетін жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлiнген белдеуiнде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендерден тыс жердегі үй-жайлардың шегінен тыс ашық кеңістікте және жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлiнген белдеуiнен тыс жерде орналастырғаны үшін төлемақы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бірыңғай жер салыгы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жер учаскелерін пайдаланғаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ауылдық округ бюджетінің кірістері мына салықтық емес түсімдер есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аудандық маңызы бар қалалардың, ауылдардың, кенттердің, ауылдық округтердің әкімдері әкімшілік құқық бұзушылықтар үшін салатын айыппұлдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жеке және заңды тұлғалардың ерікті түрдегі алымдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін кірістер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі аппаратының шешімімен құрылған коммуналдық мемлекеттік кәсіпорындардың таза кірісі бөлігінің түсімдері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің коммуналдық меншігіндегі (жергілікті өзін-өзі басқарудың коммуналдық меншігіндегі) заңды тұлғаларға қатысу үлестеріне кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің коммуналдық меншігінің (жергілікті өзін-өзі басқарудың коммуналдық меншігінің) мүлкін жалға беруден түсетін кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін басқа да кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аудандық маңызы бар қала, ауыл, кент, ауылдық округ бюджеттеріне түсетін басқа да салықтық емес түсімдер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мыналар аудандық маңызы бар қала, ауыл, кент, ауылдық округ бюджеттеріне негізгі капиталды сатудан түсетін түсімдер болып табылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аудандық маңызы бар қала, ауыл, кент, ауылдық округ бюджеттерінен қаржыландырылатын мемлекеттік мекемелерге бекітіп берілген мемлекеттік мүлікті сатудан түсетін ақша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ауыл шаруашылығы мақсатындағы жер учаскелерін сатудан түсетін түсімдерді қоспағанда, жер учаскелерін сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жер учаскелерін жалға беру құқығын сатқаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Ауылдық округінің бюджетіне аудандық бюджеттен берілетін субвенция 43332 мың теңге сомасында қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Солтүстік Қазақстан облысы Аққайың ауданы мәслихатының мынадай шешімдерінің күші жойылды деп танылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z55" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Солтүстік Қазақстан облысы Аққайың ауданы мәслихатының 2024 жылғы 30 желтоқсандағы № 23-12 "2025-2027 жылдарға арналған Аққайың ауданының Шағалалы ауылдық округінің бюджетін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Солтүстік Қазақстан облысы Аққайың ауданы мәслихатының 2025 жылғы 27 наурыздағы № 24-22 "Солтүстік Қазақстан облысы Аққайың ауданы мәслихатының 2024 жылғы 30 желтоқсандағы № 23-12 "2025-2027 жылдарға арналған Аққайың ауданының Шағалалы ауылдық округінің бюджетін бекіту туралы" шешіміне өзгерістер енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1462,51 +1501,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Солтүстік Қазақстан облысы Аққайың ауданы мәслихатының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1857,478 +1896,512 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="54"/>
+    <w:bookmarkStart w:name="z64" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Аққайың ауданының Шағалалы ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Аққайың ауданы мәслихатының 17.10.2025 № 28-18 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="783"/>
+        <w:gridCol w:w="1650"/>
+        <w:gridCol w:w="1651"/>
+        <w:gridCol w:w="3832"/>
+        <w:gridCol w:w="3169"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z67" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="54"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z65" w:id="55"/>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-73515</w:t>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75034,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2338,1599 +2411,1725 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-13122</w:t>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6976</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6976</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5836</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-6</w:t>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-6</w:t>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3940,175 +4139,189 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4118,175 +4331,189 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4296,8718 +4523,9845 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-60393 </w:t>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55903,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-60393 </w:t>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55903,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-60393 </w:t>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55903,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік бағдарламаның әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z66" w:id="56"/>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-78714,1</w:t>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80233,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-32537</w:t>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33691,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-32537</w:t>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33691,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-32537</w:t>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33691,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-31212</w:t>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32676,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік мекеменің күрделі шығындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1325</w:t>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1015,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын-үй коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-22132,1</w:t>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22551,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-22132,1</w:t>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22551,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-22132,1</w:t>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22551,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3499,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-18100</w:t>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13610,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-23511,1</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4909</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23511,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23511,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23511,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-533</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23511,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-533</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+478,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-533</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+478,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-533</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+478,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-0,9</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+478,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
--5199,1</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-5199,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-5199,1</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-1) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5199,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...174 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-8</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-5199,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...86 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5199,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5199,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13342,243 +14696,242 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z72" w:id="57"/>
+    <w:bookmarkStart w:name="z72" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Аққайың ауданының Шағалалы ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1283"/>
+        <w:gridCol w:w="826"/>
+        <w:gridCol w:w="1743"/>
+        <w:gridCol w:w="1743"/>
+        <w:gridCol w:w="4045"/>
+        <w:gridCol w:w="2660"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13593,166 +14946,187 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13786,151 +15160,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13945,170 +15333,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14123,170 +15525,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14301,170 +15717,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14479,170 +15909,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14657,170 +16101,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14835,170 +16293,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15013,170 +16485,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15191,170 +16677,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15388,151 +16888,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15566,151 +17080,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15744,151 +17272,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15903,170 +17445,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16081,6633 +17637,7357 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z73" w:id="58"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z73" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бағдарламаның әкімшісі</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+          <w:bookmarkEnd w:id="56"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59504</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31539</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31539</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31539</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31539</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын-үй коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4666</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4666</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4666</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 566</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22733</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет саласындағы қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22733</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22733</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22733</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 566</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 566</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 566</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 566</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22741,159 +25021,159 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22927,151 +25207,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23086,170 +25380,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23264,170 +25572,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23762,243 +26084,242 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z79" w:id="59"/>
+    <w:bookmarkStart w:name="z79" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Аққайың ауданының Шағалалы ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1283"/>
+        <w:gridCol w:w="826"/>
+        <w:gridCol w:w="1743"/>
+        <w:gridCol w:w="1743"/>
+        <w:gridCol w:w="4045"/>
+        <w:gridCol w:w="2660"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24013,166 +26334,187 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24206,151 +26548,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24365,170 +26721,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24543,170 +26913,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24721,170 +27105,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24899,170 +27297,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25077,170 +27489,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25255,170 +27681,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25433,170 +27873,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25611,170 +28065,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25808,151 +28276,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25986,151 +28468,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26164,151 +28660,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26323,170 +28833,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26501,6633 +29025,7357 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z80" w:id="60"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z80" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бағдарламаның әкімшісі</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+          <w:bookmarkEnd w:id="58"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64499</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31539</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31539</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31539</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31539</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын-үй коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5852</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5852</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5852</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 833</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1519</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26275</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет саласындағы қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26275</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26275</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26275</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 833</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 833</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 833</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 833</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33161,159 +36409,159 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33347,151 +36595,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33506,170 +36768,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33684,595 +36960,693 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...186 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...186 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -34677,31 +38051,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>