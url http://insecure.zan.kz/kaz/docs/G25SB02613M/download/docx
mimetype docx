--- v1 (2025-12-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="caed2ef" w14:textId="caed2ef">
+    <w:p w14:paraId="1665693" w14:textId="1665693">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1428,62 +1428,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1501,51 +1502,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Солтүстік Қазақстан облысы Аққайың ауданы мәслихатының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1945,66 +1946,67 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Аққайың ауданы мәслихатының 17.10.2025 № 28-18 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1215"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3169"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z67" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2035,373 +2037,356 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75034,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2411,1725 +2396,1599 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6976</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6976</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5836</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4139,189 +3998,175 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4331,189 +4176,175 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4523,9124 +4354,8246 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55903,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55903,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55903,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік бағдарламаның әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80233,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33691,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33691,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33691,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32676,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік мекеменің күрделі шығындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1015,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын-үй коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22551,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22551,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22551,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3499,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13610,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4909</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23511,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет саласындағы қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23511,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23511,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23511,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 478,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 478,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 478,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 478,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -5199,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5199,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13669,164 +12622,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13836,532 +12789,490 @@
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5199,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5199,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14727,211 +13638,212 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Аққайың ауданының Шағалалы ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1283"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2660"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14946,187 +13858,166 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...99 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15160,165 +14051,151 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15333,184 +14210,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15525,184 +14388,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15717,184 +14566,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15909,184 +14744,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16101,184 +14922,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16293,184 +15100,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16485,184 +15278,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16677,184 +15456,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16888,165 +15653,151 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17080,165 +15831,151 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17272,165 +16009,151 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17445,184 +16168,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17637,7357 +16346,6633 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z73" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="56"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бағдарламаның әкімшісі</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="56"/>
-[...3 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59504</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="826" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31539</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31539</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31539</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31539</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="826" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын-үй коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4666</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4666</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4666</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 566</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="826" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22733</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет саласындағы қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22733</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22733</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22733</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="826" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 566</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 566</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 566</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 566</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25021,159 +23006,159 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25207,165 +23192,151 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25380,184 +23351,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25572,184 +23529,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26115,211 +24058,212 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Аққайың ауданының Шағалалы ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1283"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2660"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26334,187 +24278,166 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...99 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26548,165 +24471,151 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26721,184 +24630,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26913,184 +24808,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27105,184 +24986,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27297,184 +25164,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27489,184 +25342,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27681,184 +25520,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27873,184 +25698,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28065,184 +25876,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28276,165 +26073,151 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28468,165 +26251,151 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28660,165 +26429,151 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28833,184 +26588,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29025,7357 +26766,6633 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z80" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="58"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бағдарламаның әкімшісі</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="58"/>
-[...3 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64499</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="826" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31539</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31539</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31539</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31539</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="826" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын-үй коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5852</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5852</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5852</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 833</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1519</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="826" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26275</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет саласындағы қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26275</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26275</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26275</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="826" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 833</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 833</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 833</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 833</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36409,159 +33426,159 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36595,165 +33612,151 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36768,184 +33771,170 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36960,693 +33949,595 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>