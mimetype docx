--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5927ef2" w14:textId="5927ef2">
+    <w:p w14:paraId="3b41516" w14:textId="3b41516">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -272,1034 +272,1074 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 2025-2027 жылдарға арналған Аққайың ауданының Лесной ауылдық округініңбюджеті тиісінше осы шешімге 1, 2 және 3-қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 171837 мың теңге:</w:t>
+      1) кірістер – 119838 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 16585 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер - 761 мың теңге;</w:t>
+      салықтық емес түсімдер – 761 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі - 155252 мың теңге;</w:t>
+      трансферттер түсімі – 102492 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 182468,9 мың теңге;</w:t>
+      2) шығындар – 130469,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) - - 10631,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) бюджеттің мұнайға қатысты емес тапшылығы (профициті) - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану)- 0 мың теңге:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 10631,9 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қарыздар түсімі – 10631,9 мың теңге;</w:t>
+      қарыздар түсімі - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары – 10631,9 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Аққайың ауданы мәслихатының 17.10.2025 № 28-15 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған ауылдық округ бюджетінің кірістері Қазақстан Республикасы Бюджет кодексіне сәйкес мына салықтық түсімдер есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аудандық маңызы бар қаланың, ауылдың, кенттің аумағында мемлекеттік кіріс органдарында тіркеу есебіне қою кезінде мәлімделген:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дара кәсіпкер, жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіпқой медиатор үшін – тұрған жері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалған жеке тұлғалар үшін – тұрғылықты жері орналасқан жеке тұлғалар дербес салық салуға жататын кірістер бойынша жеке табыс салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің аумағындағы осы салықты салу объектілері бойынша жеке тұлғалардың мүлкіне салынатын салық;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аудандық маңызы бар қаланың, ауылдың, кенттің аумағындағы жер учаскелері бойынша жеке және заңды тұлғалардан алынатын, елдi мекендер жерлерiне салынатын жер салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мыналардан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғылықты жері аудандық маңызы бар қаланың, ауылдың, кенттің аумағындағы жеке тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздерінің құрылтай құжаттарында көрсетілетін тұрған жері аудандық маңызы бар қаланың, ауылдың, кенттің аумағында орналасқан заңды тұлғалардан алынатын көлік құралдары салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сыртқы (көрнекі) жарнаманы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қаладағы, ауылдағы, кенттегі үй-жайлардың шегінен тыс ашық кеңістікте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің аумақтары арқылы өтетін жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлiнген белдеуiнде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендерден тыс жердегі үй-жайлардың шегінен тыс ашық кеңістікте және жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлiнген белдеуiнен тыс жерде орналастырғаны үшін төлемақы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бірыңғай жер салыгы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жер учаскелерін пайдаланғаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ауылдық округ бюджетінің кірістері мына салықтық емес түсімдер есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аудандық маңызы бар қалалардың, ауылдардың, кенттердің, ауылдық округтердің әкімдері әкімшілік құқық бұзушылықтар үшін салатын айыппұлдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жеке және заңды тұлғалардың ерікті түрдегі алымдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін кірістер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі аппаратының шешімімен құрылған коммуналдық мемлекеттік кәсіпорындардың таза кірісі бөлігінің түсімдері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің коммуналдық меншігіндегі (жергілікті өзін-өзі басқарудың коммуналдық меншігіндегі) заңды тұлғаларға қатысу үлестеріне кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің коммуналдық меншігінің (жергілікті өзін-өзі басқарудың коммуналдық меншігінің) мүлкін жалға беруден түсетін кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін басқа да кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аудандық маңызы бар қала, ауыл, кент, ауылдық округ бюджеттеріне түсетін басқа да салықтық емес түсімдер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ауылдық округ бюджетінен қаржыландырылатын мемлекеттік мекемелерге бекітіп берілген мемлекеттік мүлікті сатудан түсетін ақша негізгі капиталды сатудан ауылдық округ бюджетіне түсетін түсімдер есебінен қалыптастырылатыны белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аудандық бюджеттен ауылдық округ бюджетіне табысталған бюджеттік субвенция сомасы 48160 мың теңге көлемінде белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Солтүстік Қазақстан облысы Аққайың ауданы мәслихатының мынадай шешімдерінің күші жойылды деп танылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Солтүстік Қазақстан облысы Аққайың ауданы мәслихатының 2024 жылғы 30 желтоқсандағы № 23-7 "2025-2027 жылдарға арналған Аққайың ауданының Лесной ауылдық округінің бюджетін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Солтүстік Қазақстан облысы Аққайың ауданы мәслихатының 2025 жылғы 27 наурыздағы № 24-17 "Солтүстік Қазақстан облысы Аққайың ауданы мәслихатының 2024 жылғы 30 желтоқсандағы № 23-7 "2025-2027 жылдарға арналған Аққайың ауданының Лесной ауылдық округінің бюджетін бекіту туралы" шешіміне өзгерістер енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1672,579 +1712,597 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 26-8 шешіміне 1- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:bookmarkStart w:name="z60" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Аққайың ауданының Лесной ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Аққайың ауданы мәслихатының 17.10.2025 № 28-15 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z64" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...70 lines deleted...]
-          </w:p>
+          <w:bookmarkEnd w:id="51"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="52"/>
-[...15 lines deleted...]
-мың тенге</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-171837</w:t>
+119838</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2309,120 +2367,120 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2487,120 +2545,120 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2665,120 +2723,120 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2843,120 +2901,120 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3021,120 +3079,120 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3199,120 +3257,120 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3377,120 +3435,120 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3555,150 +3613,150 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын ішкі салықтар</w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3733,150 +3791,150 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа ресурстарды пайдаланғаны үшін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3915,116 +3973,116 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4089,150 +4147,150 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекет меншіктен түсетін кірістер</w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншіктен түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4267,120 +4325,120 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4449,116 +4507,116 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4627,538 +4685,538 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-155252</w:t>
+102492</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-155252</w:t>
+102492</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-155252</w:t>
+102492</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5263,51 +5321,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші бағдарлама</w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5320,70 +5378,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z62" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5560,51 +5616,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-182468,9</w:t>
+130469,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5769,51 +5825,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42116,6</w:t>
+40437,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5978,51 +6034,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42116,6</w:t>
+40437,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6187,51 +6243,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42116,6</w:t>
+40437,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6324,51 +6380,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
+001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6396,51 +6452,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41666,6</w:t>
+40437,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6569,51 +6625,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік мекеменің күрделі шығындары</w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6814,51 +6870,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14864</w:t>
+14544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7023,51 +7079,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14864</w:t>
+14544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7232,51 +7288,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14864</w:t>
+14544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7441,51 +7497,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13231</w:t>
+10911</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7650,51 +7706,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-533</w:t>
+895</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7859,51 +7915,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1100</w:t>
+2783</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9740,51 +9796,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-102271</w:t>
+52271</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9949,51 +10005,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-102271</w:t>
+52271</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10122,87 +10178,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...35 lines deleted...]
-102271</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52271</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10331,87 +10387,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Ауыл-Ел бесігі" жобасы аясында ауылдық елді мекендерде әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды жүзеге асыру</w:t>
-[...35 lines deleted...]
-102271</w:t>
+"Ауыл-ел бесігі" жобасы шеңберінде ауылдық елді мекендерде әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52271</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11167,51 +11223,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+Пайдаланылмаған(толық)пайдаланылмаған нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13505,83 +13561,52 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13660,70 +13685,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z63" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -13742,83 +13765,52 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -13947,83 +13939,52 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14156,145 +14117,114 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...93 lines deleted...]
-01</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14606,68 +14536,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 26-8 шешіміне 2- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z68" w:id="55"/>
+    <w:bookmarkStart w:name="z68" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Аққайың ауданының Лесной ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -25475,68 +25405,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 26-8 шешіміне 3- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z73" w:id="56"/>
+    <w:bookmarkStart w:name="z73" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Аққайың ауданының Лесной ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -36136,55 +36066,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -36510,31 +36440,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>