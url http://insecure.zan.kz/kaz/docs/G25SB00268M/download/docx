--- v1 (2025-12-28)
+++ v2 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3b41516" w14:textId="3b41516">
+    <w:p w14:paraId="98ca3e0" w14:textId="98ca3e0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -36066,55 +36066,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>