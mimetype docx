--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="90dd10b" w14:textId="90dd10b">
+    <w:p w14:paraId="43685e9" w14:textId="43685e9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1715,113 +1715,133 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z61" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Аққайың ауданының Власовка ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Аққайың ауданы мәслихатының 17.10.2025 № 28-14 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z65" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="52"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1904,70 +1924,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z62" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5345,70 +5363,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z63" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5794,51 +5810,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41333,9</w:t>
+44867,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6003,51 +6019,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41333,9</w:t>
+44867,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6212,51 +6228,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41333,9</w:t>
+44867,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6630,51 +6646,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2177</w:t>
+5711</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8093,51 +8109,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31035</w:t>
+27501</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8302,51 +8318,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31035</w:t>
+27501</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8511,51 +8527,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31035</w:t>
+27501</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8720,51 +8736,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31035</w:t>
+27501</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11982,70 +11998,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z64" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -12900,68 +12914,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="55"/>
+    <w:bookmarkStart w:name="z70" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Аққайың ауданының Власовка ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -13107,70 +13121,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z71" w:id="56"/>
+          <w:bookmarkStart w:name="z71" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="56"/>
+          <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -16548,70 +16562,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z72" w:id="57"/>
+          <w:bookmarkStart w:name="z72" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="57"/>
+          <w:bookmarkEnd w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -22976,70 +22990,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z73" w:id="58"/>
+          <w:bookmarkStart w:name="z73" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="58"/>
+          <w:bookmarkEnd w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -23894,68 +23908,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z79" w:id="59"/>
+    <w:bookmarkStart w:name="z79" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Аққайың ауданының Власовка ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -24101,70 +24115,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z80" w:id="60"/>
+          <w:bookmarkStart w:name="z80" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="60"/>
+          <w:bookmarkEnd w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -27542,70 +27556,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z81" w:id="61"/>
+          <w:bookmarkStart w:name="z81" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="61"/>
+          <w:bookmarkEnd w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -33970,70 +33984,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z82" w:id="62"/>
+          <w:bookmarkStart w:name="z82" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="62"/>
+          <w:bookmarkEnd w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -34989,31 +35003,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>