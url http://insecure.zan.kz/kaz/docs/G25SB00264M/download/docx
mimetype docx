--- v1 (2025-12-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="43685e9" w14:textId="43685e9">
+    <w:p w14:paraId="93cfc5a" w14:textId="93cfc5a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>