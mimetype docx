--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="14fa087" w14:textId="14fa087">
+    <w:p w14:paraId="5ea8709" w14:textId="5ea8709">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1328,63 +1328,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7772"/>
+        <w:gridCol w:w="4228"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7772" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1402,51 +1401,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Солтүстік Қазақстан облысы Аққайың ауданы мәслихатының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -2075,116 +2074,135 @@
               </w:rPr>
               <w:t>"____"__________20__жылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z68" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Аққайың ауданының Астраханка ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Аққайың ауданы мәслихатының 17.10.2025 № 28-13 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1230"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1086"/>
+        <w:gridCol w:w="5"/>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="736"/>
+        <w:gridCol w:w="748"/>
+        <w:gridCol w:w="733"/>
+        <w:gridCol w:w="1993"/>
+        <w:gridCol w:w="2861"/>
+        <w:gridCol w:w="584"/>
+        <w:gridCol w:w="2850"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z73" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="55"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2271,190 +2289,205 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z69" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2494,51 +2527,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62305,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1086" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2548,94 +2581,108 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2675,78 +2722,85 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7211</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2762,61 +2816,68 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2856,111 +2917,125 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3222</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3037,78 +3112,85 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3222</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3124,61 +3206,68 @@
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3218,111 +3307,125 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3989</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3399,111 +3502,125 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 248</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3580,111 +3697,125 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 507</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3761,111 +3892,125 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3186</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3942,51 +4087,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1086" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3996,94 +4141,108 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4123,51 +4282,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1086" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4177,94 +4336,108 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4304,51 +4477,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1086" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4358,94 +4531,108 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4485,78 +4672,85 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55094,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4572,61 +4766,68 @@
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4666,111 +4867,125 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55094,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4884,51 +5099,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5031,280 +5246,302 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z70" w:id="56"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5338,186 +5575,207 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...92 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5532,66 +5790,73 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5601,136 +5866,150 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5745,93 +6024,107 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5847,103 +6140,110 @@
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5958,126 +6258,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6112,51 +6433,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6171,126 +6492,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6325,51 +6667,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік мекеменің күрделі шығындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6403,260 +6745,288 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...92 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын-үй коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...29 lines deleted...]
-10033,9</w:t>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9632,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6666,237 +7036,265 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...29 lines deleted...]
-10033,9</w:t>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9632,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6912,237 +7310,265 @@
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...29 lines deleted...]
-10033,9</w:t>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9632,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7177,51 +7603,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7236,126 +7662,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7390,185 +7837,206 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...29 lines deleted...]
-533</w:t>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+336</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7603,338 +8071,366 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...29 lines deleted...]
-6800,9</w:t>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6596,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...92 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...29 lines deleted...]
-15006</w:t>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15407</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7944,237 +8440,265 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет саласындағы қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...29 lines deleted...]
-15006</w:t>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15407</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8190,237 +8714,265 @@
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...29 lines deleted...]
-15006</w:t>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15407</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8455,264 +9007,285 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...29 lines deleted...]
-15006</w:t>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15407</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...92 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8727,66 +9300,73 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8796,136 +9376,150 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8940,93 +9534,107 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9042,103 +9650,110 @@
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9153,126 +9768,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9307,51 +9943,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9385,186 +10021,207 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...92 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9579,66 +10236,73 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9648,136 +10312,150 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9792,93 +10470,107 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9894,103 +10586,110 @@
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық манызы бар қала, ауыл, кент, ауылдық округ әкімінің аппаратты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10005,126 +10704,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10138,92 +10858,86 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z71" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған (толық)</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пайдаланылмаған нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10238,201 +10952,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10447,201 +11189,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10656,201 +11426,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10865,201 +11663,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11074,201 +11900,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11283,201 +12137,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11492,410 +12374,466 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...29 lines deleted...]
--2990,5</w:t>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-2990,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11910,410 +12848,466 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...29 lines deleted...]
-2990,5</w:t>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2990,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12328,201 +13322,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12556,78 +13578,85 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12699,91 +13728,85 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z72" w:id="58"/>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12797,287 +13820,322 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...92 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...29 lines deleted...]
-2990,5</w:t>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2990,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13093,237 +14151,265 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...29 lines deleted...]
-2990,5</w:t>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2990,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13358,81 +14444,81 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...29 lines deleted...]
-2990,5</w:t>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2990,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13997,102 +15083,101 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"____"__________20__жылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z82" w:id="59"/>
+    <w:bookmarkStart w:name="z82" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Аққайың ауданының Астраханка ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1230"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1141"/>
+        <w:gridCol w:w="6"/>
+        <w:gridCol w:w="739"/>
+        <w:gridCol w:w="772"/>
+        <w:gridCol w:w="785"/>
+        <w:gridCol w:w="770"/>
+        <w:gridCol w:w="2092"/>
+        <w:gridCol w:w="3003"/>
+        <w:gridCol w:w="613"/>
+        <w:gridCol w:w="2379"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14211,190 +15296,207 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z83" w:id="60"/>
+          <w:bookmarkStart w:name="z83" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="57"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14434,51 +15536,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51197</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14488,94 +15590,108 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14615,78 +15731,85 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14702,61 +15825,68 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14796,111 +15926,125 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14977,78 +16121,85 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15064,61 +16215,68 @@
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15158,111 +16316,125 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4469</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15339,111 +16511,125 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 278</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15520,111 +16706,125 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 568</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15701,111 +16901,125 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3569</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15882,51 +17096,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15936,94 +17150,108 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16063,51 +17291,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16117,94 +17345,108 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16244,51 +17486,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16298,94 +17540,108 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16425,78 +17681,85 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43119</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16512,61 +17775,68 @@
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16606,111 +17876,125 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43119</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16824,51 +18108,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="739" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16971,280 +18255,304 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z84" w:id="61"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z84" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="58"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17278,186 +18586,207 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...92 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17472,66 +18801,73 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17541,136 +18877,150 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17685,93 +19035,107 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17787,103 +19151,110 @@
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17898,126 +19269,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18052,51 +19444,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18130,186 +19522,207 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...92 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын-үй коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18324,66 +19737,73 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18393,136 +19813,150 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18537,93 +19971,107 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18639,103 +20087,110 @@
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18750,126 +20205,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18904,51 +20380,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18963,126 +20439,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19117,51 +20614,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19176,126 +20673,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19330,51 +20848,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19408,186 +20926,207 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...92 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19602,66 +21141,73 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19671,136 +21217,150 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет саласындағы қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19815,93 +21375,107 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19917,103 +21491,110 @@
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20028,126 +21609,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20182,51 +21784,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20260,186 +21862,207 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...92 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20454,66 +22077,73 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20523,136 +22153,150 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20667,93 +22311,107 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20769,103 +22427,110 @@
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20880,126 +22545,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21034,51 +22720,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21093,201 +22779,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21302,201 +23016,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21511,201 +23253,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21720,201 +23490,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21929,201 +23727,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22138,201 +23964,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22347,201 +24201,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22556,201 +24438,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Бюджеттің мұнайға қатысты емес тапшылығы (профицитті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22765,201 +24675,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22974,201 +24912,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23183,201 +25149,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23522,103 +25516,99 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z85" w:id="62"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z85" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="59"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -23638,136 +25628,150 @@
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23782,61 +25786,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23852,103 +25863,110 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23963,94 +25981,108 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24085,51 +26117,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24789,102 +26821,101 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"____"__________20__жылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z96" w:id="63"/>
+    <w:bookmarkStart w:name="z96" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Аққайың ауданының Астраханка ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1230"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1141"/>
+        <w:gridCol w:w="6"/>
+        <w:gridCol w:w="739"/>
+        <w:gridCol w:w="772"/>
+        <w:gridCol w:w="785"/>
+        <w:gridCol w:w="770"/>
+        <w:gridCol w:w="2092"/>
+        <w:gridCol w:w="3003"/>
+        <w:gridCol w:w="613"/>
+        <w:gridCol w:w="2379"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25003,190 +27034,207 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z97" w:id="64"/>
+          <w:bookmarkStart w:name="z97" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="61"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25226,51 +27274,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54575</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25280,94 +27328,108 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25407,78 +27469,85 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9046</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25494,61 +27563,68 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25588,111 +27664,125 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4042</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25769,78 +27859,85 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4042</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25856,61 +27953,68 @@
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25950,111 +28054,125 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5004</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26131,111 +28249,125 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26312,111 +28444,125 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 636</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26493,111 +28639,125 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3997</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26674,51 +28834,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26728,94 +28888,108 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26855,51 +29029,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26909,94 +29083,108 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27036,51 +29224,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27090,94 +29278,108 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27217,78 +29419,85 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45529</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27304,61 +29513,68 @@
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27398,111 +29614,125 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45529</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27616,51 +29846,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="739" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27763,280 +29993,304 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z98" w:id="65"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z98" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="62"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28070,186 +30324,207 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...92 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28264,66 +30539,73 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28333,136 +30615,150 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28477,93 +30773,107 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28579,103 +30889,110 @@
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28690,126 +31007,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28844,51 +31182,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28922,186 +31260,207 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...92 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын-үй коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29116,66 +31475,73 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29185,136 +31551,150 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29329,93 +31709,107 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29431,103 +31825,110 @@
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29542,126 +31943,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29696,51 +32118,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29755,126 +32177,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29909,51 +32352,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29968,126 +32411,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30122,51 +32586,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30200,186 +32664,207 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...92 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30394,66 +32879,73 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30463,136 +32955,150 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет саласындағы қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30607,93 +33113,107 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30709,103 +33229,110 @@
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30820,126 +33347,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30974,51 +33522,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31052,186 +33600,207 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...92 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31246,66 +33815,73 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31315,136 +33891,150 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31459,93 +34049,107 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31561,103 +34165,110 @@
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31672,126 +34283,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31826,51 +34458,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31885,201 +34517,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32094,201 +34754,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32303,201 +34991,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32512,201 +35228,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32721,201 +35465,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32930,201 +35702,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33139,201 +35939,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33348,201 +36176,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Бюджеттің мұнайға қатысты емес тапшылығы (профицитті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33557,201 +36413,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33766,201 +36650,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33975,201 +36887,229 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...107 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34314,103 +37254,99 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z99" w:id="66"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z99" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="63"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -34430,136 +37366,150 @@
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34574,61 +37524,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34644,103 +37601,110 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34755,94 +37719,108 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34877,51 +37855,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35357,31 +38335,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>