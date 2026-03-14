--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2dd5cfb" w14:textId="2dd5cfb">
+    <w:p w14:paraId="802c21a" w14:textId="802c21a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,93 +94,175 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Агломерация аумағындағы жергілікті маңызы бар мәселелерді бірлесіп шешу бойынша бір деңгейдегі жергілікті бюджеттердің бір-бірімен өзара қарым-қатынас жасау қағидаларын, агломерация аумағындағы жергілікті маңызы бар мәселелерді бірлесіп шешу туралы келісімнің іске асырылуы туралы есептілікті жасау мен ұсыну тәртібін және агломерация аумағындағы жергілікті маңызы бар мәселелерді бірлесіп шешу туралы келісімнің мазмұнына қойылатын талаптарды бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 2025 жылғы 16 мамырдағы № 29 бұйрығы</w:t>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 2025 жылғы 16 мамырдағы № 29 бұйрығы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Агломерацияларды дамыту туралы" Қазақстан Республикасы Заңының 10-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+      "Агломерацияларды дамыту туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тармағына және "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 118</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Агломерация аумағындағы жергілікті маңызы бар мәселелерді бірлесіп шешу бойынша бір деңгейдегі жергілікті бюджеттердің бір-бірімен өзара қарым-қатынас жасау қағидалары, агломерация аумағындағы жергілікті маңызы бар мәселелерді бірлесіп шешу туралы келісімнің іске асырылуы туралы есептілікті жасау мен ұсыну тәртібі және агломерация аумағындағы жергілікті маңызы бар мәселелерді бірлесіп шешу туралы келісімнің мазмұнына қойылатын </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -837,154 +920,402 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Агломерация аумағындағы жергілікті маңызы бар мәселелерді бірлесіп шешу бойынша бір деңгейдегі жергілікті бюджеттердің бір-бірімен өзара қарым-қатынасы облыстар, республикалық маңызы бар қалалар, астана, аудандар (аудандық маңызы бар қалалар) әкімдерінің өтінішхаты бойынша агломерация аумағындағы жергілікті маңызы бар мәселелерді бірлесіп шешу туралы келісім негізінде жүзеге асырылады және жаңа объектілер салу арқылы агломерацияны дамыту мақсаттарына жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Облыстар, республикалық маңызы бар қалалар, астана, аудандар (аудандық маңызы бар қалалар) әкімдерінің өтінішхаты тиісті агломерация аумағында жоспарланып отырған жобалар ескеріле отырып, жылына бір рет ағымдағы жылдың 1 сәуірінен кешіктірілмей жіберіледі.</w:t>
+      4. Облыстар, республикалық маңызы бар қалалар, астана, аудандар (аудандық маңызы бар қалалар) әкімдерінің өтінішхаты тиісті агломерация аумағында жоспарланып отырған жобалар ескеріле отырып, тоқсан сайын, есепті тоқсаннан кейінгі айдың 25 дейін ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 118</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Агломерация аумағындағы жергілікті маңызы бар мәселелерді бірлесіп шешу туралы келісім Заңның 10-бабында белгіленген талаптар ескеріліп жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Келісімге өзгерістер және/немесе толықтырулар қажеттілігіне қарай жылына бір рет ағымдағы жылдың 1 қазанынан кешіктірілмей енгізіледі.</w:t>
+      6. Келісімге өзгерістер және/немесе толықтырулар қажет болған жағдайда тоқсан сайын, есепті тоқсаннан кейінгі айдың 25 дейін ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда – ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 118</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Мәселелерді бірлесіп шешудің бастамашысы астананың, республикалық маңызы бар қаланың және елді мекендері агломерацияға кіретін облыстың жергілікті атқарушы органдары болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      8. Бастамашы өзара қарым-қатынастар туралы келісімнің жобасын және мәселені бірлесіп шешу қажеттігінің негіздемесін астананың, республикалық маңызы бар қаланың және елді мекендері агломерацияға кіретін облыстың басқа да жергілікті атқарушы органдарына ағымдағы жылдың 1 мамырынан кешіктірмей жібереді. </w:t>
+        <w:t>
+      8. Бастамашы өзара қарым-қатынастар туралы келісімнің жобасын және мәселені бірлесіп шешу қажеттігінің негіздемесін астананың, республикалық маңызы бар қаланың және елді мекендері агломерацияға кіретін облыстың басқа да жергілікті атқарушы органдарына жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 118</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Агломерация аумағындағы жергілікті маңызы бар мәселелерді бірлесіп шешу туралы келісімнің жобасы тиісті саланың орталық уәкілетті органына, сондай-ақ агломерацияларды дамыту жөніндегі уәкілетті органға қарауға ағымдағы жылдың 1 мамырынан кешіктірілмей жіберіледі.</w:t>
+      9. Агломерация аумағындағы жергілікті маңызы бар мәселелерді бірлесіп шешу туралы келісімнің жобасы тиісті саланың орталық уәкілетті органына, сондай-ақ агломерацияларды дамыту жөніндегі уәкілетті органның қарауына жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда – ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 118</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Тиісті саланың орталық уәкілетті органы 10 жұмыс күні ішінде келісетіндігі туралы хатты немесе ескертулері болған жағдайда оларды негіздемелерін көрсете отырып жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1714,315 +2045,599 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Агломерация аумағындағы</w:t>
+              <w:t>Қосымша Агломерация</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>аумағындағы жергілікті маңызы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бар мәселелерді бірлесіп шешу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша бір деңгейдегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жергілікті бюджеттердің бір-бірімен өзара қарым-қатынас</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жасау қағидалары, агломерация</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аумағында жергілікті маңызы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бар мәселелерді бірлесіп шешу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы келісімнің іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асырылуы туралы есептілікті</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жасау және ұсыну тәртібі және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>агломерация аумағындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>жергілікті маңызы бар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мәселелерді бірлесіп шешу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бойынша бір деңгейдегі</w:t>
+              <w:t>туралы келісімнің мазмұнына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жергілікті бюджеттердің бір-бірімен өзара қарым-қатынас</w:t>
+              <w:t>қойылатын талаптар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жасау қағидаларына,</w:t>
+              <w:t>Әкімшілік деректерді жинауға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>агломерация аумағындағы</w:t>
-[...142 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>арналған нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="52"/>
-[...15 lines deleted...]
-      Нысан</w:t>
+    <w:bookmarkStart w:name="z63" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылады: Қазақстан Республикасының Ұлттық экономика министрлігіне</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z63" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректер нысаны интернет-ресурста орналастырылған: https://www.gov.kz/memleket/entities/economy/activities/198?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: "Агломерация аумағында жергілікті маңызы бар мәселелерді бірлесіп шешу туралы келісімді іске асыру туралы есеп".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі (нысан атауының қысқаша әріптік-цифрлық көрінісі): СР-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жиілігі: жыл сайын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есепті кезең: ____________20___жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын тұлғалар тобы: облыстардың жергілікті атқарушы органдары (әкімдіктері).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: есепті жылдан кейінгі 25 желтоқсанға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке сәйкестендіру нөмірі (ЖСН)/Бизнес-сәйкестендіру нөмірі (БСН):</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7073900" cy="685800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7073900" cy="685800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: электронды түрде</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Агломерация аумағындағы жергілікті маңызы бар мәселелерді бірлесіп шешу туралы келісімнің іске асырылуы туралы есептілік</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="53"/>
+        <w:t xml:space="preserve"> Агломерация аумағында жергілікті маңызы бар мәселелерді бірлесіп шешу туралы келісімді іске асыру туралы есеп</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда – ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 118</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -2038,231 +2653,291 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2334,84 +3009,102 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобалардың құны мен қуаты</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Олардың іске асырылу мерзімі мен орны</w:t>
+Оларды іске асыру мерзімі мен орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2646,144 +3339,689 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="54"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық пошта мекенжайы ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушы ___________________________________ _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты және әкесінің аты (бар болса) қолы, телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы немесе оның міндетін атқарушы тұлға</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты және әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөрге арналған орын (жеке кәсіпкерлік субъектілері болып табылатын адамдарды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қоспағанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Агломерация аумағында</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жергілікті маңызы бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мәселелерді бірлесіп шешу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы келісімді іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыру туралы есеп" әкімшілік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректерін жинауға арналған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысанға қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Агломерация аумағында жергілікті маңызы бар мәселелерді бірлесіп шешу туралы келісімді іске асыру туралы есеп" әкімшілік деректерін жинауға арналған нысанды толтыру бойынша түсініктеме 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы түсіндірме "Агломерация аумағында жергілікті маңызы бар мәселелерді бірлесіп шешу туралы келісімді іске асыру туралы есеп" әкімшілік деректерін жинауға арналған нысанды (бұдан әрі – Нысан) толтыру жөніндегі бірыңғай талаптарды айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Нысанға басшы не оның міндетін атқарушы тұлға тегі мен аты-жөнін көрсете отырып қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Нысан мемлекеттік және орыс тілдерінде толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсініктеме</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Нысанның 1-бағанында реттік нөмірі көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Нысанның 2-бағанында келісім шеңберінде іске асырылған іс-шаралардың тізбесі көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Нысанның 3-бағанында жобалардың құны мен қуаты көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Нысанның 4-бағанында оларды іске асыру мерзімі мен орны көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Нысанның 5-бағанында қол жеткізілген нәтижелер туралы ақпарат көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Нысанның 6-бағанында объектілерді жергілікті атқарушы органның коммуналдық меншігіне беру туралы ақпарат көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанды толтырудың ұқсас схемасы нысанның барлық жолдарын толтырған кезде сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3105,35 +4343,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>